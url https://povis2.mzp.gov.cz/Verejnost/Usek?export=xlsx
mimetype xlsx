--- v0 (2025-12-11)
+++ v1 (2026-03-02)
@@ -10,2594 +10,2779 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="0" windowHeight="0"/>
   </bookViews>
   <sheets>
     <sheet name="Table" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <si>
-    <t>ID OsVPR</t>
-[...5 lines deleted...]
-    <t>Název dílčího povodí</t>
+    <t>Plánovací období</t>
+  </si>
+  <si>
+    <t>Dílčí povodí</t>
   </si>
   <si>
     <t>Kód úseku</t>
   </si>
   <si>
-    <t>Název vodního toku</t>
-[...2 lines deleted...]
-    <t>Plánovací období</t>
+    <t>Vodní tok</t>
   </si>
   <si>
     <t>Popis úseku</t>
   </si>
   <si>
-    <t>Komentář</t>
-[...8 lines deleted...]
-    <t>BER_03</t>
+    <t>Změna</t>
+  </si>
+  <si>
+    <t>Kód v předchozím období</t>
+  </si>
+  <si>
+    <t>Délka úseku (km)</t>
+  </si>
+  <si>
+    <t>Nové ZÚ</t>
+  </si>
+  <si>
+    <t>2021 - 2026</t>
   </si>
   <si>
     <t>Berounka</t>
   </si>
   <si>
     <t>BER_03_01</t>
   </si>
   <si>
     <t>Třemošná</t>
   </si>
   <si>
-    <t>2021 - 2026</t>
-[...1 lines deleted...]
-  <si>
     <t>Ledce - Všeruby</t>
   </si>
   <si>
     <t>nový úsek</t>
   </si>
   <si>
-    <t>BER_04</t>
-[...1 lines deleted...]
-  <si>
     <t>BER_04_01</t>
   </si>
   <si>
     <t>Bělá</t>
   </si>
   <si>
     <t>Trnová - Dolní Bělá</t>
   </si>
   <si>
-    <t>BER_05</t>
-[...1 lines deleted...]
-  <si>
     <t>BER_05_01</t>
   </si>
   <si>
     <t>Klabava</t>
   </si>
   <si>
     <t>celý tok mimo území Brd</t>
   </si>
   <si>
     <t>beze změn</t>
   </si>
   <si>
-    <t>BER_06</t>
+    <t>PVL_06_00</t>
   </si>
   <si>
     <t>BER_06_04</t>
   </si>
   <si>
     <t>Vejprnicky p.</t>
   </si>
   <si>
     <t>ř. km 0 - 7 (stávající model)</t>
   </si>
   <si>
+    <t>PVx_10_01</t>
+  </si>
+  <si>
+    <t>BER_01_01</t>
+  </si>
+  <si>
+    <t>Berounka ř. km 8 - 64</t>
+  </si>
+  <si>
+    <t>PVx_14_01</t>
+  </si>
+  <si>
     <t>BER_06_01</t>
   </si>
   <si>
-    <t>BER_01</t>
-[...7 lines deleted...]
-  <si>
     <t>model Plzeň</t>
   </si>
   <si>
+    <t>PVx_04_05</t>
+  </si>
+  <si>
     <t>BER_06_06</t>
   </si>
   <si>
     <t>Úhlava</t>
   </si>
   <si>
     <t>kú Plzně ř. km 0 - 9</t>
   </si>
   <si>
     <t>BER_06_02</t>
   </si>
   <si>
     <t>Úslava</t>
   </si>
   <si>
     <t>ř. km 0 - 21 (stávající model)</t>
   </si>
   <si>
     <t>beze změn (spojeny úseky PVL-5, PVL-34)</t>
   </si>
   <si>
+    <t>PVx_10_01, PVx_10_02</t>
+  </si>
+  <si>
     <t>BER_01_02</t>
   </si>
   <si>
     <t>Litávka</t>
   </si>
   <si>
     <t>ř. km 0 - 4 (stávající model)</t>
   </si>
   <si>
-    <t>BER_02</t>
-[...1 lines deleted...]
-  <si>
     <t>BER_02_01</t>
   </si>
   <si>
     <t>Loděnice</t>
   </si>
   <si>
     <t>ř. km 18 - 35</t>
   </si>
   <si>
+    <t>PVL_35_00</t>
+  </si>
+  <si>
     <t>BER_06_03</t>
   </si>
   <si>
     <t>Mže</t>
   </si>
   <si>
     <t>kú Plzně ř. km 0 - 11,5</t>
   </si>
   <si>
-    <t>BER_07</t>
+    <t>PVx_10_02</t>
   </si>
   <si>
     <t>BER_07_01</t>
   </si>
   <si>
     <t>intravilán města Stříbro ř. km 40,5 - 44,0</t>
   </si>
   <si>
+    <t>PVL_31_00</t>
+  </si>
+  <si>
     <t>BER_06_05</t>
   </si>
   <si>
     <t>Radbuza</t>
   </si>
   <si>
     <t>ř. km 0 - hráz VN České Údolí</t>
   </si>
   <si>
-    <t>BER_08</t>
-[...1 lines deleted...]
-  <si>
     <t>BER_08_01</t>
   </si>
   <si>
     <t>ř. km 88 - 93</t>
   </si>
   <si>
-    <t>BER_11</t>
+    <t>PVL_29_00</t>
   </si>
   <si>
     <t>BER_11_01</t>
   </si>
   <si>
     <t>Bělá nad Radbuzou</t>
   </si>
   <si>
-    <t>HVL_02</t>
-[...1 lines deleted...]
-  <si>
     <t>Horní Vltava</t>
   </si>
   <si>
     <t>HVL_02_02</t>
   </si>
   <si>
     <t>Bezdrevský p.</t>
   </si>
   <si>
     <t>intravilán města Hluboká nad Vltavou</t>
   </si>
   <si>
+    <t>HVL_03_02</t>
+  </si>
+  <si>
+    <t>Polečnice</t>
+  </si>
+  <si>
+    <t>intravilán Českého Krumlova</t>
+  </si>
+  <si>
+    <t>HVL_08_01</t>
+  </si>
+  <si>
+    <t>Blanice</t>
+  </si>
+  <si>
+    <t>ústí - hráz VN Husinec</t>
+  </si>
+  <si>
+    <t>PVL_37_00</t>
+  </si>
+  <si>
+    <t>HVL_05_02</t>
+  </si>
+  <si>
+    <t>Volyňka</t>
+  </si>
+  <si>
+    <t>intravilán města Strakonice</t>
+  </si>
+  <si>
+    <t>PVL_41_00</t>
+  </si>
+  <si>
+    <t>Dolní Vltava</t>
+  </si>
+  <si>
+    <t>DVL_01_01</t>
+  </si>
+  <si>
+    <t>Vltava</t>
+  </si>
+  <si>
+    <t>soutok s Labem - hráz VD Vrané</t>
+  </si>
+  <si>
+    <t>PVL_15_00</t>
+  </si>
+  <si>
+    <t>HVL_03_01</t>
+  </si>
+  <si>
+    <t>PVL_16_00</t>
+  </si>
+  <si>
     <t>HVL_02_01</t>
   </si>
   <si>
-    <t>HVL_03</t>
-[...52 lines deleted...]
-  <si>
     <t>vzdutí VN Hněvkovice - hranice kú Č. Budějovice</t>
   </si>
   <si>
     <t>beze změn (spojeny úseky PVL-25, PVL-27)</t>
   </si>
   <si>
-    <t>HVL_01</t>
+    <t>PVL_25_00</t>
   </si>
   <si>
     <t>HVL_01_01</t>
   </si>
   <si>
     <t>VN Hněvkovice - soutok s Lužnicí</t>
   </si>
   <si>
-    <t>BER_10</t>
+    <t>PVL_22_00</t>
   </si>
   <si>
     <t>BER_10_01</t>
   </si>
   <si>
     <t>Vejprnický p.</t>
   </si>
   <si>
     <t>intravilán města Nýřany ř. km 10,5 - 16,5</t>
   </si>
   <si>
-    <t>BER_14</t>
+    <t>PVL_32_00</t>
   </si>
   <si>
     <t>BER_14_01</t>
   </si>
   <si>
     <t>ř. km 82 - 88 (stávající model)</t>
   </si>
   <si>
-    <t>BER_12</t>
+    <t>PVL_01_00</t>
   </si>
   <si>
     <t>BER_12_01</t>
   </si>
   <si>
     <t>Zubřina</t>
   </si>
   <si>
     <t>intravilán města Domažlice</t>
   </si>
   <si>
-    <t>BER_13</t>
+    <t>PVL_03_00</t>
   </si>
   <si>
     <t>BER_13_02</t>
   </si>
   <si>
     <t>Drnový p.</t>
   </si>
   <si>
     <t>ústí - Luby u Klatov</t>
   </si>
   <si>
     <t>beze změn (spojeny úseky PVL-11, PVL, 49)</t>
   </si>
   <si>
-    <t>BER_09</t>
+    <t>PVL_11_00</t>
   </si>
   <si>
     <t>BER_09_01</t>
   </si>
   <si>
     <t>Hamerský p.</t>
   </si>
   <si>
     <t>intravilán města Planá ř. km 6,0 - 10,0</t>
   </si>
   <si>
-    <t>HVL_07</t>
+    <t>PVL_30_00</t>
   </si>
   <si>
     <t>HVL_07_01</t>
   </si>
   <si>
     <t>Otava</t>
   </si>
   <si>
     <t>Sušice - Dlouhá ves</t>
   </si>
   <si>
     <t>beze změn (spojení úseků PVL-19, PVL-38)</t>
   </si>
   <si>
+    <t>PVL_19_00</t>
+  </si>
+  <si>
     <t>HVL_07_02</t>
   </si>
   <si>
     <t>Ostružná</t>
   </si>
   <si>
     <t>ústí - Kolinec</t>
   </si>
   <si>
     <t>spojení úseků PVL-17,18, 20, 48 a doplnění úseku Kolinec - Hrádek</t>
   </si>
   <si>
-    <t>HVL_12</t>
+    <t>PVL_20_00</t>
   </si>
   <si>
     <t>HVL_12_01</t>
   </si>
   <si>
     <t>Malše</t>
   </si>
   <si>
     <t>intravilán města Kaplice</t>
   </si>
   <si>
+    <t>PVL_23_00</t>
+  </si>
+  <si>
     <t>HVL_02_03</t>
   </si>
   <si>
     <t>ústí - hráz VN Římov</t>
   </si>
   <si>
-    <t>HVL_11</t>
+    <t>PVL_24_00</t>
   </si>
   <si>
     <t>HVL_11_01</t>
   </si>
   <si>
     <t>Dehtářský p.</t>
   </si>
   <si>
     <t>kú Čejkovice</t>
   </si>
   <si>
     <t>úsek zkrácen na každém konci o cca 50 m</t>
   </si>
   <si>
-    <t>DVL_03</t>
+    <t>PVL_26_00</t>
   </si>
   <si>
     <t>DVL_03_01</t>
   </si>
   <si>
     <t>Sázava</t>
   </si>
   <si>
     <t>ústí - Rataje nad Sázavou (ř. km 0,0 - 69,6)</t>
   </si>
   <si>
     <t>úsek zkrácen</t>
   </si>
   <si>
+    <t>PVL_28_00</t>
+  </si>
+  <si>
     <t>HVL_05_01</t>
   </si>
   <si>
-    <t>HVL_06</t>
+    <t>PVL_40_00</t>
   </si>
   <si>
     <t>HVL_06_01</t>
   </si>
   <si>
     <t>intravilán města Horažďovice</t>
   </si>
   <si>
-    <t>HVL_09</t>
+    <t>PVL_39_00</t>
   </si>
   <si>
     <t>HVL_09_01</t>
   </si>
   <si>
     <t>Lužnice</t>
   </si>
   <si>
     <t>ř. km 39,0 - 94,2</t>
   </si>
   <si>
+    <t>PVL_44_00</t>
+  </si>
+  <si>
     <t>HVL_09_02</t>
   </si>
   <si>
     <t>Nežárka</t>
   </si>
   <si>
     <t>intravilán města Veselí nad Lužnicí</t>
   </si>
   <si>
-    <t>HVL_04</t>
+    <t>PVL_45_00</t>
   </si>
   <si>
     <t>HVL_04_01</t>
   </si>
   <si>
     <t>intravilán města Písek</t>
   </si>
   <si>
+    <t>PVL_42_00</t>
+  </si>
+  <si>
     <t>BER_13_01</t>
   </si>
   <si>
     <t>ř. km 51,7 - 76,0 (stávající model)</t>
   </si>
   <si>
     <t>beze změn (spojeny úseky PVL-2, PVL-33)</t>
   </si>
   <si>
+    <t>PVL_02_00</t>
+  </si>
+  <si>
     <t>DVL_01_02</t>
   </si>
   <si>
     <t>Zákolanský p.</t>
   </si>
   <si>
     <t>intravilán města Kralupy nad Vltavou</t>
   </si>
   <si>
-    <t>DVL_02</t>
-[...1 lines deleted...]
-  <si>
     <t>DVL_02_01</t>
   </si>
   <si>
     <t>Červený potok</t>
   </si>
   <si>
     <t>Slaný</t>
   </si>
   <si>
-    <t>LNO_04</t>
-[...1 lines deleted...]
-  <si>
     <t>Lužická Nisa a ostatní přítoky Odry</t>
   </si>
   <si>
     <t>LNO_04_01</t>
   </si>
   <si>
     <t>Mandava</t>
   </si>
   <si>
     <t>Rumburk</t>
   </si>
   <si>
-    <t>OHL_03</t>
+    <t>POH_47_00</t>
   </si>
   <si>
     <t>Ohře, Dolní Labe a ostatní přítoky Labe</t>
   </si>
   <si>
     <t>OHL_03_04</t>
   </si>
   <si>
     <t>Lobezský potok</t>
   </si>
   <si>
     <t>Sokolov</t>
   </si>
   <si>
-    <t>OHL_07</t>
+    <t>POH_08_00</t>
   </si>
   <si>
     <t>OHL_07_02</t>
   </si>
   <si>
     <t>Malodolský potok</t>
   </si>
   <si>
     <t>ústí - Údolíčko</t>
   </si>
   <si>
-    <t>OHL_14</t>
+    <t>POH_14_00</t>
   </si>
   <si>
     <t>OHL_14_01</t>
   </si>
   <si>
     <t>Bílý potok (včetně odlehčovacího koryta)</t>
   </si>
   <si>
     <t>Záluží</t>
   </si>
   <si>
-    <t>OHL_12</t>
+    <t>POH_24_00</t>
   </si>
   <si>
     <t>OHL_12_01</t>
   </si>
   <si>
     <t>Radčický potok</t>
   </si>
   <si>
     <t>Litvínov</t>
   </si>
   <si>
-    <t>OHL_06</t>
+    <t>POH_26_00</t>
   </si>
   <si>
     <t>OHL_06_01</t>
   </si>
   <si>
     <t>Liboc</t>
   </si>
   <si>
     <t>Vilémov - Kadaňský Rohozec</t>
   </si>
   <si>
-    <t>OHL_19</t>
+    <t>POH_33_00</t>
   </si>
   <si>
     <t>OHL_19_02</t>
   </si>
   <si>
     <t>Bělský potok</t>
   </si>
   <si>
     <t>Děčín</t>
   </si>
   <si>
+    <t>POH_36_00</t>
+  </si>
+  <si>
     <t>OHL_03_02</t>
   </si>
   <si>
     <t>Rolava</t>
   </si>
   <si>
     <t>ústí - Stará Role</t>
   </si>
   <si>
+    <t>POH_10_00</t>
+  </si>
+  <si>
     <t>OHL_03_03</t>
   </si>
   <si>
     <t>Chodovský potok</t>
   </si>
   <si>
     <t>ústí - Chodov</t>
   </si>
   <si>
+    <t>POH_09_00</t>
+  </si>
+  <si>
     <t>OHL_19_01</t>
   </si>
   <si>
     <t>Jílovský potok</t>
   </si>
   <si>
-    <t>OHL_16</t>
+    <t>POH_35_00</t>
   </si>
   <si>
     <t>OHL_16_01</t>
   </si>
   <si>
     <t>Ploučnice</t>
   </si>
   <si>
     <t>ústí - Soutěsky</t>
   </si>
   <si>
+    <t>POH_38_00</t>
+  </si>
+  <si>
     <t>OHL_14_03</t>
   </si>
   <si>
     <t>Divoký potok</t>
   </si>
   <si>
+    <t>POH_25_00</t>
+  </si>
+  <si>
     <t>OHL_07_01</t>
   </si>
   <si>
     <t>Hučivý potok</t>
   </si>
   <si>
     <t>ústí - Vykmanov</t>
   </si>
   <si>
+    <t>POH_13_00</t>
+  </si>
+  <si>
     <t>OHL_03_01</t>
   </si>
   <si>
     <t>Ohře</t>
   </si>
   <si>
     <t>Karlovy Vary - Kynšperk n. Ohří</t>
   </si>
   <si>
+    <t>POH_03_00</t>
+  </si>
+  <si>
     <t>OHL_14_02</t>
   </si>
   <si>
     <t>ústí - Litvínov</t>
   </si>
   <si>
-    <t>OHL_17</t>
+    <t>POH_23_00</t>
   </si>
   <si>
     <t>OHL_17_01</t>
   </si>
   <si>
     <t>Horní Police - Brenná</t>
   </si>
   <si>
-    <t>OHL_10</t>
+    <t>POH_40_00</t>
   </si>
   <si>
     <t>OHL_10_01</t>
   </si>
   <si>
     <t>Ždírnický potok</t>
   </si>
   <si>
     <t>Předlice</t>
   </si>
   <si>
-    <t>OHL_18</t>
+    <t>POH_29_00</t>
   </si>
   <si>
     <t>OHL_18_01</t>
   </si>
   <si>
     <t>Panenský potok</t>
   </si>
   <si>
     <t>ústí - Brniště</t>
   </si>
   <si>
-    <t>OHL_05</t>
+    <t>POH_37_00</t>
   </si>
   <si>
     <t>OHL_05_01</t>
   </si>
   <si>
     <t>Chomutovka</t>
   </si>
   <si>
     <t>Nezabytice - Chomutov</t>
   </si>
   <si>
-    <t>OHL_02</t>
+    <t>POH_18_00</t>
   </si>
   <si>
     <t>OHL_02_01</t>
   </si>
   <si>
     <t>Louny - Hradiště</t>
   </si>
   <si>
-    <t>OHL_21</t>
+    <t>POH_02_00</t>
   </si>
   <si>
     <t>OHL_21_01</t>
   </si>
   <si>
     <t>Vilémovský potok</t>
   </si>
   <si>
     <t>Vilémov - Velký Šenov</t>
   </si>
   <si>
     <t>úsek zkrácen o cca 60 m</t>
   </si>
   <si>
+    <t>POH_48_00</t>
+  </si>
+  <si>
     <t>OHL_21_03</t>
   </si>
   <si>
     <t>Liščí potok</t>
   </si>
   <si>
     <t>celý tok</t>
   </si>
   <si>
+    <t>POH_49_00</t>
+  </si>
+  <si>
     <t>OHL_17_02</t>
   </si>
   <si>
     <t>Šporka</t>
   </si>
   <si>
     <t>ústí - Horní Libchava</t>
   </si>
   <si>
-    <t>OHL_04</t>
+    <t>POH_43_00</t>
   </si>
   <si>
     <t>OHL_04_01</t>
   </si>
   <si>
     <t>Cheb</t>
   </si>
   <si>
     <t>úsek prodloužen</t>
   </si>
   <si>
-    <t>OHL_20</t>
+    <t>POH_04_00</t>
   </si>
   <si>
     <t>OHL_20_01</t>
   </si>
   <si>
     <t>Pšovka</t>
   </si>
   <si>
     <t>Mělník</t>
   </si>
   <si>
-    <t>OHL_11</t>
+    <t>POH_34_00</t>
   </si>
   <si>
     <t>OHL_11_01</t>
   </si>
   <si>
     <t>Bystřice</t>
   </si>
   <si>
     <t>Bystřany</t>
   </si>
   <si>
-    <t>OHL_13</t>
+    <t>POH_28_00</t>
   </si>
   <si>
     <t>OHL_13_01</t>
   </si>
   <si>
     <t>Syčivka</t>
   </si>
   <si>
     <t>Bílina</t>
   </si>
   <si>
-    <t>OHL_15</t>
+    <t>POH_27_00</t>
   </si>
   <si>
     <t>OHL_15_01</t>
   </si>
   <si>
     <t>Loupnice</t>
   </si>
   <si>
     <t>Horní Jiřetín - Litvínov</t>
   </si>
   <si>
+    <t>POH_22_00</t>
+  </si>
+  <si>
     <t>OHL_02_02</t>
   </si>
   <si>
     <t>ústí - Seménkovice</t>
   </si>
   <si>
     <t>úsek prodloužen o cca 250 m</t>
   </si>
   <si>
-    <t>OHL_09</t>
+    <t>POH_17_00</t>
   </si>
   <si>
     <t>OHL_09_01</t>
   </si>
   <si>
     <t>Nejdecký p.</t>
   </si>
   <si>
     <t>Nejdek</t>
   </si>
   <si>
-    <t>OHL_01</t>
+    <t>POH_11_00</t>
   </si>
   <si>
     <t>OHL_01_01</t>
   </si>
   <si>
     <t>ústí - Orasice</t>
   </si>
   <si>
+    <t>POH_01_00</t>
+  </si>
+  <si>
     <t>OHL_21_02</t>
   </si>
   <si>
     <t>Velkošenovský p.</t>
   </si>
   <si>
     <t>Velký Šenov</t>
   </si>
   <si>
-    <t>OHL_08</t>
-[...1 lines deleted...]
-  <si>
     <t>OHL_08_02</t>
   </si>
   <si>
     <t>Jáchymovský p.</t>
   </si>
   <si>
     <t>ústí - Horní Žďár</t>
   </si>
   <si>
     <t>OHL_08_01</t>
   </si>
   <si>
     <t>ústí - Bystřice</t>
   </si>
   <si>
-    <t>HVL_10</t>
-[...1 lines deleted...]
-  <si>
     <t>HVL_10_01</t>
   </si>
   <si>
     <t>území obce Netolice</t>
   </si>
   <si>
-    <t>HOD_01</t>
+    <t>PVL_43_00</t>
   </si>
   <si>
     <t>Horní Odra</t>
   </si>
   <si>
     <t>HOD_01_04</t>
   </si>
   <si>
     <t>Lučina</t>
   </si>
   <si>
     <t>ústí - Šenov</t>
   </si>
   <si>
+    <t>POD_01_00</t>
+  </si>
+  <si>
+    <t>HOD_03_02</t>
+  </si>
+  <si>
+    <t>Moravice</t>
+  </si>
+  <si>
+    <t>ústí - Opava</t>
+  </si>
+  <si>
+    <t>POD_02_00</t>
+  </si>
+  <si>
     <t>HOD_01_01</t>
   </si>
   <si>
-    <t>HOD_03</t>
-[...8 lines deleted...]
-    <t>ústí - Opava</t>
+    <t>Odra</t>
+  </si>
+  <si>
+    <t>státní hranice - Polanka nad Odrou</t>
+  </si>
+  <si>
+    <t>POD_05_00</t>
+  </si>
+  <si>
+    <t>HOD_02_01</t>
+  </si>
+  <si>
+    <t>Odry</t>
+  </si>
+  <si>
+    <t>POD_06_00</t>
+  </si>
+  <si>
+    <t>HOD_01_06</t>
+  </si>
+  <si>
+    <t>Opava</t>
+  </si>
+  <si>
+    <t>ústí - Třebovice</t>
+  </si>
+  <si>
+    <t>POD_11_00</t>
+  </si>
+  <si>
+    <t>HOD_01_02</t>
+  </si>
+  <si>
+    <t>Olše</t>
+  </si>
+  <si>
+    <t>ústí - Karviná</t>
+  </si>
+  <si>
+    <t>beze změn (spojeny úseky POD-8, POD-9)</t>
+  </si>
+  <si>
+    <t>POD_09_00</t>
+  </si>
+  <si>
+    <t>HOD_05_01</t>
+  </si>
+  <si>
+    <t>Chotěbuz - Třinec</t>
+  </si>
+  <si>
+    <t>POD_10_00</t>
   </si>
   <si>
     <t>HOD_03_01</t>
   </si>
   <si>
-    <t>Odra</t>
-[...43 lines deleted...]
-  <si>
     <t>Kravaře - Držkovice</t>
   </si>
   <si>
-    <t>HOD_04</t>
+    <t>POD_12_00</t>
   </si>
   <si>
     <t>HOD_04_01</t>
   </si>
   <si>
     <t>Úvalno - Nové Heřmínovy</t>
   </si>
   <si>
+    <t>POD_13_00</t>
+  </si>
+  <si>
     <t>HOD_01_05</t>
   </si>
   <si>
     <t>Olešná</t>
   </si>
   <si>
     <t>ústí - Paskov</t>
   </si>
   <si>
+    <t>POD_07_00</t>
+  </si>
+  <si>
     <t>HOD_01_03</t>
   </si>
   <si>
     <t>Ostravice</t>
   </si>
   <si>
     <t>ústí - Frýdek-Místek</t>
   </si>
   <si>
     <t>beze změn (spojeny úseky POD-14, POD-15)</t>
   </si>
   <si>
-    <t>HSL_10</t>
+    <t>POD_15_00</t>
   </si>
   <si>
     <t>Horní a Střední Labe</t>
   </si>
   <si>
     <t>HSL_10_01</t>
   </si>
   <si>
     <t>Šembera</t>
   </si>
   <si>
     <t>Poříčany - Český Brod</t>
   </si>
   <si>
-    <t>HSL_01</t>
+    <t>PLx_10_00</t>
   </si>
   <si>
     <t>HSL_01_01</t>
   </si>
   <si>
     <t>Labe</t>
   </si>
   <si>
     <t>Mělník - Opatovice</t>
   </si>
   <si>
     <t>úsek rozdělen</t>
   </si>
   <si>
-    <t>HSL_13</t>
+    <t>PLx_01_02</t>
   </si>
   <si>
     <t>HSL_13_01</t>
   </si>
   <si>
     <t>Podolský potok</t>
   </si>
   <si>
     <t>Heřmanův Městec</t>
   </si>
   <si>
-    <t>HSL_14</t>
+    <t>PLx_12_00</t>
   </si>
   <si>
     <t>HSL_14_01</t>
   </si>
   <si>
     <t>Bylanka</t>
   </si>
   <si>
     <t>Pardubice</t>
   </si>
   <si>
-    <t>HSL_15</t>
+    <t>PLx_13_00</t>
   </si>
   <si>
     <t>HSL_15_01</t>
   </si>
   <si>
     <t>Chrudimka</t>
   </si>
   <si>
     <t>ústí - Chrudim</t>
   </si>
   <si>
-    <t>HSL_19</t>
+    <t>PLx_14_00</t>
   </si>
   <si>
     <t>HSL_19_01</t>
   </si>
   <si>
     <t>Divoká Orlice</t>
   </si>
   <si>
     <t>Kostelec - Potštejn</t>
   </si>
   <si>
+    <t>PLx_17_00</t>
+  </si>
+  <si>
     <t>HSL_19_02</t>
   </si>
   <si>
     <t>Helvíkovice - Nekoř</t>
   </si>
   <si>
-    <t>HSL_22</t>
+    <t>PLx_18_00</t>
   </si>
   <si>
     <t>HSL_22_01</t>
   </si>
   <si>
     <t>Solnice - Skuhrov</t>
   </si>
   <si>
-    <t>HSL_04</t>
+    <t>PLx_19_00</t>
   </si>
   <si>
     <t>HSL_04_01</t>
   </si>
   <si>
     <t>Jizera</t>
   </si>
   <si>
     <t>ústí - Semily</t>
   </si>
   <si>
-    <t>HSL_21</t>
+    <t>PLx_02_01, PLx_02_02</t>
   </si>
   <si>
     <t>HSL_21_01</t>
   </si>
   <si>
     <t>Dědina</t>
   </si>
   <si>
     <t>Třebechovice - Dobruška</t>
   </si>
   <si>
-    <t>HSL_23</t>
+    <t>PLx_20_00</t>
   </si>
   <si>
     <t>HSL_23_01</t>
   </si>
   <si>
     <t>Metuje</t>
   </si>
   <si>
     <t>Náchod - Hronov</t>
   </si>
   <si>
     <t>úsek rozdělen na dva</t>
   </si>
   <si>
-    <t>HSL_26</t>
+    <t>PLx_21_00</t>
   </si>
   <si>
     <t>HSL_26_01</t>
   </si>
   <si>
     <t>Rtyňka</t>
   </si>
   <si>
     <t>Úpice - Rtyně</t>
   </si>
   <si>
-    <t>HSL_25</t>
+    <t>PLx_23_00</t>
   </si>
   <si>
     <t>HSL_25_01</t>
   </si>
   <si>
     <t>Úpa</t>
   </si>
   <si>
     <t>Havlovice - Mladé Buky</t>
   </si>
   <si>
-    <t>HSL_08</t>
+    <t>PLx_24_00</t>
   </si>
   <si>
     <t>HSL_08_01</t>
   </si>
   <si>
     <t>Oleška</t>
   </si>
   <si>
     <t>Semily - Stará Paka</t>
   </si>
   <si>
-    <t>HSL_09</t>
+    <t>PLx_26_00</t>
   </si>
   <si>
     <t>HSL_09_01</t>
   </si>
   <si>
     <t>Jizerka</t>
   </si>
   <si>
     <t>Víchová - Jilemnice</t>
   </si>
   <si>
-    <t>HSL_16</t>
+    <t>PLx_28_00</t>
   </si>
   <si>
     <t>HSL_16_01</t>
   </si>
   <si>
     <t>Novohradka</t>
   </si>
   <si>
     <t>Hrochův Týnec - Luže</t>
   </si>
   <si>
-    <t>HSL_20</t>
+    <t>PLx_29_00</t>
   </si>
   <si>
     <t>HSL_20_01</t>
   </si>
   <si>
     <t>Zdobnice</t>
   </si>
   <si>
     <t>ústí - Vamberk</t>
   </si>
   <si>
-    <t>HSL_06</t>
+    <t>PLx_30_00</t>
   </si>
   <si>
     <t>HSL_06_01</t>
   </si>
   <si>
     <t>ústí - Bělá p. Bezdězem</t>
   </si>
   <si>
-    <t>HSL_05</t>
+    <t>PLx_07_00</t>
   </si>
   <si>
     <t>HSL_05_01</t>
   </si>
   <si>
     <t>Klenice</t>
   </si>
   <si>
     <t>ústí - Řepov</t>
   </si>
   <si>
-    <t>HSL_02</t>
+    <t>PLx_08_01, PLx_08_02</t>
   </si>
   <si>
     <t>HSL_02_02</t>
   </si>
   <si>
     <t>Hostinné</t>
   </si>
   <si>
+    <t>PLx_01_03</t>
+  </si>
+  <si>
     <t>HSL_23_02</t>
   </si>
   <si>
     <t>Teplice n. Metují</t>
   </si>
   <si>
-    <t>HSL_18</t>
-[...1 lines deleted...]
-  <si>
     <t>HSL_18_01</t>
   </si>
   <si>
     <t>Tichá Orlice</t>
   </si>
   <si>
     <t>Ústí nad Orlicí - Verměřovice</t>
   </si>
   <si>
-    <t>HSL_12</t>
+    <t>PLx_16_02, PLx_16_03</t>
   </si>
   <si>
     <t>HSL_12_02</t>
   </si>
   <si>
     <t>Cidlina</t>
   </si>
   <si>
     <t>Jičín</t>
   </si>
   <si>
-    <t>HSL_17</t>
+    <t>PLx_25_00</t>
   </si>
   <si>
     <t>HSL_17_01</t>
   </si>
   <si>
     <t>Loučná</t>
   </si>
   <si>
     <t>Zámrsk - Litomyšl</t>
   </si>
   <si>
     <t>úsek zkrácen a posunut směrem dolů po toku</t>
   </si>
   <si>
+    <t>PLx_15_01</t>
+  </si>
+  <si>
     <t>HSL_12_01</t>
   </si>
   <si>
     <t>Chlumec - Smidary</t>
   </si>
   <si>
-    <t>HSL_11</t>
-[...1 lines deleted...]
-  <si>
     <t>HSL_11_01</t>
   </si>
   <si>
     <t>Mrlina</t>
   </si>
   <si>
     <t>Vestec - Rožďalovice</t>
   </si>
   <si>
-    <t>HSL_03</t>
+    <t>PLx_27_00</t>
   </si>
   <si>
     <t>HSL_03_01</t>
   </si>
   <si>
     <t>Mratínský potok</t>
   </si>
   <si>
     <t>ústí - Čakovice</t>
   </si>
   <si>
-    <t>HSL_07</t>
+    <t>PLx_09_00</t>
   </si>
   <si>
     <t>HSL_07_01</t>
   </si>
   <si>
     <t>Zábrdka</t>
   </si>
   <si>
     <t>ústí - Horní Bukovina</t>
   </si>
   <si>
-    <t>HSL_24</t>
-[...1 lines deleted...]
-  <si>
     <t>HSL_24_01</t>
   </si>
   <si>
     <t>Židovka</t>
   </si>
   <si>
     <t>ústí - Machov</t>
   </si>
   <si>
-    <t>LNO_02</t>
-[...1 lines deleted...]
-  <si>
     <t>LNO_02_01</t>
   </si>
   <si>
     <t>Smědá</t>
   </si>
   <si>
     <t>státní hranice - Raspenava</t>
   </si>
   <si>
-    <t>LNO_03</t>
+    <t>PLx_04_01, PLx_04_02</t>
   </si>
   <si>
     <t>LNO_03_01</t>
   </si>
   <si>
     <t>Lužická Nisa</t>
   </si>
   <si>
     <t>státní hranice - Jablonec nad Nisou</t>
   </si>
   <si>
-    <t>LNO_01</t>
+    <t>Lx_05_01, PLx_05_02, PLx_05_03</t>
   </si>
   <si>
     <t>LNO_01_01</t>
   </si>
   <si>
     <t>Stěnava</t>
   </si>
   <si>
     <t>Otovice - Meziměstí</t>
   </si>
   <si>
-    <t>DVL_06</t>
+    <t>PLx_22_00</t>
   </si>
   <si>
     <t>DVL_06_01</t>
   </si>
   <si>
     <t>Botič</t>
   </si>
   <si>
     <t>území Prahy</t>
   </si>
   <si>
     <t>vymezeno Magistrátem HMP</t>
   </si>
   <si>
-    <t>DVL_05</t>
-[...1 lines deleted...]
-  <si>
     <t>DVL_05_01</t>
   </si>
   <si>
     <t>Rokytka</t>
   </si>
   <si>
-    <t>DVL_04</t>
-[...1 lines deleted...]
-  <si>
     <t>DVL_04_01</t>
   </si>
   <si>
     <t>Litovicko-Šárecký potok</t>
   </si>
   <si>
     <t>Praha (ř. km 0,0 - 19,5)</t>
   </si>
   <si>
     <t>DVL_01_03</t>
   </si>
   <si>
     <t>Berounka ř. km 0,0 - 8,0</t>
   </si>
   <si>
     <t>beze změn (úsek PVL-12 Berounka rozdělen na dva)</t>
   </si>
   <si>
-    <t>OHL_22</t>
+    <t>PVx_04_01</t>
   </si>
   <si>
     <t>OHL_22_01</t>
   </si>
   <si>
     <t>státní hranice - Mělník</t>
   </si>
   <si>
+    <t>PLx_01_01</t>
+  </si>
+  <si>
     <t>HSL_02_01</t>
   </si>
   <si>
     <t>Opatovice - Dvůr Králové n. L.</t>
   </si>
   <si>
-    <t>MOV_31</t>
-[...1 lines deleted...]
-  <si>
     <t>Morava a přítoky Váhu</t>
   </si>
   <si>
     <t>MOV_31_01</t>
   </si>
   <si>
     <t>Vlára</t>
   </si>
   <si>
     <t>Brumov-Bylnice - Vlachovice</t>
   </si>
   <si>
+    <t>PMx_54_00</t>
+  </si>
+  <si>
     <t>MOV_31_05</t>
   </si>
   <si>
     <t>Říka</t>
   </si>
   <si>
     <t>ústí - Slavičín</t>
   </si>
   <si>
+    <t>PMx_55_00</t>
+  </si>
+  <si>
     <t>MOV_31_04</t>
   </si>
   <si>
     <t>Zelenský potok</t>
   </si>
   <si>
     <t>Štítná nad Vláří</t>
   </si>
   <si>
+    <t>PMx_56_00</t>
+  </si>
+  <si>
     <t>MOV_31_02</t>
   </si>
   <si>
     <t>Brumovka</t>
   </si>
   <si>
     <t>Brumov-Bylnice</t>
   </si>
   <si>
-    <t>MOV_04</t>
+    <t>PMx_57_00</t>
   </si>
   <si>
     <t>MOV_04_01</t>
   </si>
   <si>
     <t>Morava</t>
   </si>
   <si>
     <t>Ťážaly - Litovel</t>
   </si>
   <si>
     <t>prodloužení a spojení úseků PM-4 a PM-9</t>
   </si>
   <si>
+    <t>PMx_04_00</t>
+  </si>
+  <si>
     <t>MOV_04_03</t>
   </si>
   <si>
     <t>Olomouc (ústí po železniční most)</t>
   </si>
   <si>
+    <t>PMx_05_00</t>
+  </si>
+  <si>
     <t>MOV_04_02</t>
   </si>
   <si>
     <t>Mlýnský potok</t>
   </si>
   <si>
     <t>Olomouc</t>
   </si>
   <si>
+    <t>PMx_06_00</t>
+  </si>
+  <si>
     <t>MOV_04_04</t>
   </si>
   <si>
     <t>Trusovický potok</t>
   </si>
   <si>
     <t>ústí - železniční most</t>
   </si>
   <si>
+    <t>PMx_03_00</t>
+  </si>
+  <si>
     <t>MOV_04_05</t>
   </si>
   <si>
     <t>el. náhon</t>
   </si>
   <si>
     <t>Litovel</t>
   </si>
   <si>
+    <t>PMx_07_00</t>
+  </si>
+  <si>
     <t>MOV_04_06</t>
   </si>
   <si>
     <t>Struska</t>
   </si>
   <si>
     <t>ústí - Litovel</t>
   </si>
   <si>
     <t>beze změn (spojeny úseky PM-8, PM-10)</t>
   </si>
   <si>
+    <t>PMx_08_00</t>
+  </si>
+  <si>
     <t>MOV_04_07</t>
   </si>
   <si>
     <t>Chořelice - Víska</t>
   </si>
   <si>
-    <t>MOV_30</t>
+    <t>PMx_11_00</t>
   </si>
   <si>
     <t>MOV_30_02</t>
   </si>
   <si>
     <t>Desná</t>
   </si>
   <si>
     <t>od přítoku po Hučivou Desnou</t>
   </si>
   <si>
-    <t>MOV_05</t>
+    <t>PMx_15_00</t>
   </si>
   <si>
     <t>MOV_05_01</t>
   </si>
   <si>
     <t>od mostu v Chromči po Raškov</t>
   </si>
   <si>
     <t>úsek prodloužen do Raškova</t>
   </si>
   <si>
+    <t>PMx_16_00</t>
+  </si>
+  <si>
     <t>MOV_05_03</t>
   </si>
   <si>
     <t>Branná</t>
   </si>
   <si>
     <t>od ústí po konec průmyslového areálu</t>
   </si>
   <si>
+    <t>PMx_17_00</t>
+  </si>
+  <si>
     <t>MOV_05_02</t>
   </si>
   <si>
     <t>od Hynčického potoka po silniční most</t>
   </si>
   <si>
-    <t>MOV_27</t>
+    <t>PMx_123_00</t>
   </si>
   <si>
     <t>MOV_27_04</t>
   </si>
   <si>
     <t>Březná</t>
   </si>
   <si>
     <t>Hoštějn</t>
   </si>
   <si>
+    <t>PMx_18_00</t>
+  </si>
+  <si>
     <t>MOV_27_03</t>
   </si>
   <si>
     <t>Moravská Sázava</t>
   </si>
   <si>
-    <t>MOV_28</t>
+    <t>PMx_19_00</t>
   </si>
   <si>
     <t>MOV_28_02</t>
   </si>
   <si>
     <t>Ostrovský potok</t>
   </si>
   <si>
     <t>Lanškroun</t>
   </si>
   <si>
+    <t>PMx_20_00</t>
+  </si>
+  <si>
+    <t>MOV_28_03</t>
+  </si>
+  <si>
+    <t>Třešňovský potok</t>
+  </si>
+  <si>
+    <t>PMx_21_00</t>
+  </si>
+  <si>
+    <t>Dyje</t>
+  </si>
+  <si>
+    <t>DYJ_07_03</t>
+  </si>
+  <si>
+    <t>Svitava</t>
+  </si>
+  <si>
+    <t>Letovice - Skrchov</t>
+  </si>
+  <si>
+    <t>PMx_28_00</t>
+  </si>
+  <si>
+    <t>DYJ_07_04</t>
+  </si>
+  <si>
+    <t>Březová nad Svitavou</t>
+  </si>
+  <si>
+    <t>PMx_27_00</t>
+  </si>
+  <si>
+    <t>DYJ_07_05</t>
+  </si>
+  <si>
+    <t>Hradec nad Svitavou</t>
+  </si>
+  <si>
+    <t>úsek zkrácen o Svitavy (PPO Svitavy)</t>
+  </si>
+  <si>
+    <t>PMx_26_00</t>
+  </si>
+  <si>
+    <t>DYJ_03_05</t>
+  </si>
+  <si>
+    <t>Leskava</t>
+  </si>
+  <si>
+    <t>území Brna</t>
+  </si>
+  <si>
+    <t>PMx_29_00</t>
+  </si>
+  <si>
+    <t>DYJ_03_04</t>
+  </si>
+  <si>
+    <t>PMx_31_00</t>
+  </si>
+  <si>
+    <t>DYJ_07_02</t>
+  </si>
+  <si>
+    <t>Blansko</t>
+  </si>
+  <si>
+    <t>úsek prodloužen o cca 500 m nad přítok Sloupečník</t>
+  </si>
+  <si>
+    <t>PMx_32_00</t>
+  </si>
+  <si>
+    <t>DYJ_06_01</t>
+  </si>
+  <si>
+    <t>Kuřimka</t>
+  </si>
+  <si>
+    <t>Moravské Knínice - Kuřim</t>
+  </si>
+  <si>
+    <t>PMx_33_00</t>
+  </si>
+  <si>
+    <t>DYJ_06_02</t>
+  </si>
+  <si>
+    <t>Luční potok</t>
+  </si>
+  <si>
+    <t>Kuřim</t>
+  </si>
+  <si>
+    <t>PMx_34_00</t>
+  </si>
+  <si>
+    <t>DYJ_06_03</t>
+  </si>
+  <si>
+    <t>Mozovský potok</t>
+  </si>
+  <si>
+    <t>PMx_35_00</t>
+  </si>
+  <si>
+    <t>DYJ_04_01</t>
+  </si>
+  <si>
+    <t>Svratka</t>
+  </si>
+  <si>
+    <t>Veverská Bítýška</t>
+  </si>
+  <si>
+    <t>PMx_36_00</t>
+  </si>
+  <si>
+    <t>DYJ_04_03</t>
+  </si>
+  <si>
+    <t>Bílý potok</t>
+  </si>
+  <si>
+    <t>PMx_37_00</t>
+  </si>
+  <si>
+    <t>DYJ_04_02</t>
+  </si>
+  <si>
+    <t>Březina - Štěpánovice</t>
+  </si>
+  <si>
+    <t>PMx_38_00</t>
+  </si>
+  <si>
+    <t>DYJ_13_01</t>
+  </si>
+  <si>
+    <t>Jihlava</t>
+  </si>
+  <si>
+    <t>Třebíč</t>
+  </si>
+  <si>
+    <t>PMx_39_00</t>
+  </si>
+  <si>
+    <t>DYJ_13_02</t>
+  </si>
+  <si>
+    <t>Přibyslavice</t>
+  </si>
+  <si>
+    <t>PMx_40_00</t>
+  </si>
+  <si>
+    <t>DYJ_13_04</t>
+  </si>
+  <si>
+    <t>PMx_41_00</t>
+  </si>
+  <si>
+    <t>DYJ_13_06</t>
+  </si>
+  <si>
+    <t>Jihlávka</t>
+  </si>
+  <si>
+    <t>PMx_42_00</t>
+  </si>
+  <si>
+    <t>DYJ_12_02</t>
+  </si>
+  <si>
+    <t>Rokytná</t>
+  </si>
+  <si>
+    <t>Ivančice</t>
+  </si>
+  <si>
+    <t>PMx_45_00</t>
+  </si>
+  <si>
+    <t>DYJ_12_01</t>
+  </si>
+  <si>
+    <t>PMx_44_00</t>
+  </si>
+  <si>
+    <t>MOV_02_02</t>
+  </si>
+  <si>
+    <t>odlehčovací rameno</t>
+  </si>
+  <si>
+    <t>odlehčovací rameno pod Uherským Ostrohem</t>
+  </si>
+  <si>
+    <t>PMx_47_00</t>
+  </si>
+  <si>
+    <t>MOV_02_01</t>
+  </si>
+  <si>
+    <t>soutok se Syrovinkou - Jarošov</t>
+  </si>
+  <si>
+    <t>PMx_49_00</t>
+  </si>
+  <si>
+    <t>MOV_02_05</t>
+  </si>
+  <si>
+    <t>Olšava</t>
+  </si>
+  <si>
+    <t>od Moravy po přítok Olšovec</t>
+  </si>
+  <si>
+    <t>PMx_46_00</t>
+  </si>
+  <si>
+    <t>MOV_02_03</t>
+  </si>
+  <si>
+    <t>Okluky</t>
+  </si>
+  <si>
+    <t>Ostrožské Předměstí</t>
+  </si>
+  <si>
+    <t>PMx_50_00</t>
+  </si>
+  <si>
+    <t>MOV_02_04</t>
+  </si>
+  <si>
+    <t>Dlouhá řeka</t>
+  </si>
+  <si>
+    <t>Nedakonice-železniční most</t>
+  </si>
+  <si>
+    <t>PMx_81_00</t>
+  </si>
+  <si>
+    <t>DYJ_01_02</t>
+  </si>
+  <si>
+    <t>Odlehčovací rameno Dyje</t>
+  </si>
+  <si>
+    <t>Břeclav</t>
+  </si>
+  <si>
+    <t>PMx_48_00</t>
+  </si>
+  <si>
+    <t>DYJ_01_01</t>
+  </si>
+  <si>
+    <t>Břeclav - Lednice (zámecký park)</t>
+  </si>
+  <si>
+    <t>PMx_125_00</t>
+  </si>
+  <si>
+    <t>MOV_08_01</t>
+  </si>
+  <si>
+    <t>Březnice</t>
+  </si>
+  <si>
+    <t>přes zástavbu Bílovic</t>
+  </si>
+  <si>
+    <t>PMx_51_00</t>
+  </si>
+  <si>
+    <t>MOV_03_02</t>
+  </si>
+  <si>
+    <t>Dřevnice</t>
+  </si>
+  <si>
+    <t>ústí - Zlín</t>
+  </si>
+  <si>
+    <t>PMx_52_00</t>
+  </si>
+  <si>
+    <t>MOV_03_03</t>
+  </si>
+  <si>
+    <t>Fryštácký p.</t>
+  </si>
+  <si>
+    <t>Zlín</t>
+  </si>
+  <si>
+    <t>PMx_53_00</t>
+  </si>
+  <si>
+    <t>MOV_03_04</t>
+  </si>
+  <si>
+    <t>Moštěnka</t>
+  </si>
+  <si>
+    <t>ústí - Skaštice</t>
+  </si>
+  <si>
+    <t>PMx_01_00</t>
+  </si>
+  <si>
+    <t>MOV_03_05</t>
+  </si>
+  <si>
+    <t>Bečva</t>
+  </si>
+  <si>
+    <t>od soutoku s Moravou po most Teplice</t>
+  </si>
+  <si>
+    <t>PMx_95_00</t>
+  </si>
+  <si>
+    <t>MOV_06_01</t>
+  </si>
+  <si>
+    <t>od přítoku po Luhačovický potok</t>
+  </si>
+  <si>
+    <t>PMx_59_00</t>
+  </si>
+  <si>
+    <t>DYJ_16_01</t>
+  </si>
+  <si>
+    <t>Moravská Dyje</t>
+  </si>
+  <si>
+    <t>Dačice</t>
+  </si>
+  <si>
+    <t>PMx_62_00</t>
+  </si>
+  <si>
+    <t>DYJ_16_02</t>
+  </si>
+  <si>
+    <t>Vápovka</t>
+  </si>
+  <si>
+    <t>PMx_63_00</t>
+  </si>
+  <si>
+    <t>MOV_09_01</t>
+  </si>
+  <si>
+    <t>Lutoninka</t>
+  </si>
+  <si>
+    <t>zástavba Zádceřice</t>
+  </si>
+  <si>
+    <t>PMx_66_00</t>
+  </si>
+  <si>
+    <t>MOV_09_02</t>
+  </si>
+  <si>
+    <t>Vizovice</t>
+  </si>
+  <si>
+    <t>PMx_117_00</t>
+  </si>
+  <si>
+    <t>MOV_09_03</t>
+  </si>
+  <si>
+    <t>Bratřejovka</t>
+  </si>
+  <si>
+    <t>PMx_118_00</t>
+  </si>
+  <si>
+    <t>MOV_19_01</t>
+  </si>
+  <si>
+    <t>Senice</t>
+  </si>
+  <si>
+    <t>Francova Lhota</t>
+  </si>
+  <si>
+    <t>PMx_68_00</t>
+  </si>
+  <si>
+    <t>MOV_16_04</t>
+  </si>
+  <si>
+    <t>Vsetínská Bečva</t>
+  </si>
+  <si>
+    <t>Valašské Meziříčí - Jarcová</t>
+  </si>
+  <si>
+    <t>úsek prodloužen (cca 750 m)</t>
+  </si>
+  <si>
+    <t>PMx_76_00</t>
+  </si>
+  <si>
+    <t>MOV_16_05</t>
+  </si>
+  <si>
+    <t>Rožnovská Bečva</t>
+  </si>
+  <si>
+    <t>Valašské Meziříčí</t>
+  </si>
+  <si>
+    <t>PMx_75_00</t>
+  </si>
+  <si>
+    <t>MOV_27_01</t>
+  </si>
+  <si>
+    <t>Zvole - Lupěné</t>
+  </si>
+  <si>
+    <t>PMx_77_00</t>
+  </si>
+  <si>
+    <t>MOV_27_02</t>
+  </si>
+  <si>
+    <t>Nemilka</t>
+  </si>
+  <si>
+    <t>ústí - silniční most Lupěné</t>
+  </si>
+  <si>
+    <t>PMx_78_00</t>
+  </si>
+  <si>
+    <t>DYJ_03_02</t>
+  </si>
+  <si>
+    <t>Litava</t>
+  </si>
+  <si>
+    <t>Židlochovice - Žatčany</t>
+  </si>
+  <si>
+    <t>PMx_86_00</t>
+  </si>
+  <si>
+    <t>DYJ_03_03</t>
+  </si>
+  <si>
+    <t>Říčka</t>
+  </si>
+  <si>
+    <t>Měnín</t>
+  </si>
+  <si>
+    <t>PMx_87_00</t>
+  </si>
+  <si>
+    <t>MOV_01_03</t>
+  </si>
+  <si>
+    <t>Kyjovka</t>
+  </si>
+  <si>
+    <t>Moravská Nová Ves - Lužice</t>
+  </si>
+  <si>
+    <t>PMx_88_00</t>
+  </si>
+  <si>
+    <t>MOV_01_02</t>
+  </si>
+  <si>
+    <t>Stará Morava</t>
+  </si>
+  <si>
+    <t>pod Hodonínem</t>
+  </si>
+  <si>
+    <t>PMx_89_00</t>
+  </si>
+  <si>
+    <t>MOV_25_01</t>
+  </si>
+  <si>
+    <t>Třebůvka</t>
+  </si>
+  <si>
+    <t>Moravská Třebová (sil. most - hráz rybníka)</t>
+  </si>
+  <si>
+    <t>PMx_109_00</t>
+  </si>
+  <si>
+    <t>MOV_26_01</t>
+  </si>
+  <si>
+    <t>Mírovka</t>
+  </si>
+  <si>
+    <t>od železničního mostu po obchvat</t>
+  </si>
+  <si>
+    <t>PMx_110_00</t>
+  </si>
+  <si>
+    <t>MOV_13_01</t>
+  </si>
+  <si>
+    <t>Bystřička</t>
+  </si>
+  <si>
+    <t>Bystřice pod Hostýnem (most) - Rychlov</t>
+  </si>
+  <si>
+    <t>úsek prodloužen do Rychlova</t>
+  </si>
+  <si>
+    <t>PMx_119_00</t>
+  </si>
+  <si>
+    <t>MOV_30_03</t>
+  </si>
+  <si>
+    <t>Losinka</t>
+  </si>
+  <si>
+    <t>od mostu po most nad papírnou</t>
+  </si>
+  <si>
+    <t>PMx_122_00</t>
+  </si>
+  <si>
+    <t>DYJ_11_01</t>
+  </si>
+  <si>
+    <t>Pohořelice - Cvrčovice</t>
+  </si>
+  <si>
+    <t>PMx_124_00</t>
+  </si>
+  <si>
+    <t>DYJ_14_01</t>
+  </si>
+  <si>
+    <t>Oslava</t>
+  </si>
+  <si>
+    <t>Náměšť nad Oslavou</t>
+  </si>
+  <si>
+    <t>PMx_100_00</t>
+  </si>
+  <si>
+    <t>MOV_17_02</t>
+  </si>
+  <si>
+    <t>ústí - Valašská Polanka (most)</t>
+  </si>
+  <si>
+    <t>PMx_65_00</t>
+  </si>
+  <si>
+    <t>MOV_07_01</t>
+  </si>
+  <si>
+    <t>Luhačovický potok</t>
+  </si>
+  <si>
+    <t>od přítoku po Pozlovický potok</t>
+  </si>
+  <si>
+    <t>PMx_116_00</t>
+  </si>
+  <si>
+    <t>MOV_30_01</t>
+  </si>
+  <si>
+    <t>Šumperk - Rapotín (ČOV)</t>
+  </si>
+  <si>
+    <t>úsek zkrácen pod Šumperkem</t>
+  </si>
+  <si>
+    <t>PMx_79_00</t>
+  </si>
+  <si>
+    <t>MOV_24_01</t>
+  </si>
+  <si>
+    <t>Vlčice (jez) - Loštice (most D35)</t>
+  </si>
+  <si>
+    <t>PMx_14_00</t>
+  </si>
+  <si>
+    <t>DYJ_05_03</t>
+  </si>
+  <si>
+    <t>Jánský potok</t>
+  </si>
+  <si>
+    <t>Polička</t>
+  </si>
+  <si>
+    <t>PMx_24_00</t>
+  </si>
+  <si>
+    <t>DYJ_05_01</t>
+  </si>
+  <si>
+    <t>úsek zkrácen pod Poličkou, prodloužen v Poličce nad Pomezský rybník</t>
+  </si>
+  <si>
+    <t>PMx_23_00</t>
+  </si>
+  <si>
+    <t>DYJ_05_02</t>
+  </si>
+  <si>
+    <t>přítok od Cihelny</t>
+  </si>
+  <si>
+    <t>PMx_25_00</t>
+  </si>
+  <si>
+    <t>DYJ_13_05</t>
+  </si>
+  <si>
+    <t>Kozlovský potok</t>
+  </si>
+  <si>
+    <t>Luka nad Jihlavou</t>
+  </si>
+  <si>
+    <t>DYJ_13_03</t>
+  </si>
+  <si>
+    <t>DYJ_08_01</t>
+  </si>
+  <si>
+    <t>Hodějice - Bučovice</t>
+  </si>
+  <si>
+    <t>úsek prodloužen o Hodějice, Marefy a Bučovice</t>
+  </si>
+  <si>
+    <t>PMx_72_00</t>
+  </si>
+  <si>
+    <t>DYJ_08_02</t>
+  </si>
+  <si>
+    <t>Brankovice - Malínky</t>
+  </si>
+  <si>
+    <t>úsek prodloužen nad obec Malínky (cca 750 m)</t>
+  </si>
+  <si>
+    <t>PMx_73_00</t>
+  </si>
+  <si>
+    <t>DYJ_07_01</t>
+  </si>
+  <si>
+    <t>Adamov</t>
+  </si>
+  <si>
+    <t>úsek prodloužen na celé území Adamova</t>
+  </si>
+  <si>
+    <t>PMx_103_00</t>
+  </si>
+  <si>
+    <t>DYJ_12_03</t>
+  </si>
+  <si>
+    <t>Ivančice - Oslavany</t>
+  </si>
+  <si>
+    <t>úsek prodloužen o Oslavany</t>
+  </si>
+  <si>
+    <t>PMx_43_00</t>
+  </si>
+  <si>
+    <t>DYJ_15_01</t>
+  </si>
+  <si>
+    <t>Daníž</t>
+  </si>
+  <si>
+    <t>Jaroslavice</t>
+  </si>
+  <si>
+    <t>DYJ_10_01</t>
+  </si>
+  <si>
+    <t>Rakovec</t>
+  </si>
+  <si>
+    <t>Slavíkovice - Komořany</t>
+  </si>
+  <si>
+    <t>úsek prodloužen o Komořany</t>
+  </si>
+  <si>
+    <t>PMx_69_00</t>
+  </si>
+  <si>
+    <t>DYJ_09_01</t>
+  </si>
+  <si>
+    <t>Podolí - Perníkářův mlýn</t>
+  </si>
+  <si>
+    <t>MOV_14_02</t>
+  </si>
+  <si>
+    <t>Haná</t>
+  </si>
+  <si>
+    <t>Vyškov</t>
+  </si>
+  <si>
+    <t>MOV_14_01</t>
+  </si>
+  <si>
+    <t>Vrchoslavice (most) - Nezamyslice</t>
+  </si>
+  <si>
+    <t>MOV_15_02</t>
+  </si>
+  <si>
+    <t>Český potok</t>
+  </si>
+  <si>
+    <t>ústí - Smržice</t>
+  </si>
+  <si>
+    <t>MOV_15_01</t>
+  </si>
+  <si>
+    <t>Romže</t>
+  </si>
+  <si>
+    <t>od Hloučely nad Český potok</t>
+  </si>
+  <si>
+    <t>PMx_111_00</t>
+  </si>
+  <si>
+    <t>MOV_25_03</t>
+  </si>
+  <si>
+    <t>Udáneský p.</t>
+  </si>
+  <si>
+    <t>Moravská Třebová</t>
+  </si>
+  <si>
+    <t>MOV_25_02</t>
+  </si>
+  <si>
+    <t>Kunčinský p.</t>
+  </si>
+  <si>
+    <t>ústí do Třebůvky - ústí Udáneského potoka</t>
+  </si>
+  <si>
     <t>MOV_28_01</t>
   </si>
   <si>
-    <t>MOV_28_03</t>
-[...44 lines deleted...]
-    <t>území Brna</t>
+    <t>Žichlínek (žel. most) - Albrechtice</t>
+  </si>
+  <si>
+    <t>úsek prodloužen o Albrechtice</t>
+  </si>
+  <si>
+    <t>PMx_22_00</t>
+  </si>
+  <si>
+    <t>MOV_23_02</t>
+  </si>
+  <si>
+    <t>Hlavnice</t>
+  </si>
+  <si>
+    <t>ústí - Brníčko</t>
+  </si>
+  <si>
+    <t>MOV_23_01</t>
+  </si>
+  <si>
+    <t>Oskava</t>
+  </si>
+  <si>
+    <t>Březce - ústí Oslavy</t>
+  </si>
+  <si>
+    <t>MOV_23_03</t>
+  </si>
+  <si>
+    <t>ústí - Dlouhá Loučka</t>
+  </si>
+  <si>
+    <t>MOV_23_04</t>
+  </si>
+  <si>
+    <t>Nemrlov (most) - ústí Zlatého potoka</t>
+  </si>
+  <si>
+    <t>MOV_22_01</t>
+  </si>
+  <si>
+    <t>Hlubočky</t>
+  </si>
+  <si>
+    <t>MOV_03_06</t>
+  </si>
+  <si>
+    <t>Velička</t>
+  </si>
+  <si>
+    <t>ústí - Hranice Lhotka</t>
+  </si>
+  <si>
+    <t>úsek prodloužen až po Bečvu</t>
+  </si>
+  <si>
+    <t>PMx_121_00</t>
+  </si>
+  <si>
+    <t>MOV_16_02</t>
+  </si>
+  <si>
+    <t>Juhyně</t>
+  </si>
+  <si>
+    <t>Choryně</t>
+  </si>
+  <si>
+    <t>MOV_16_03</t>
+  </si>
+  <si>
+    <t>Loučka</t>
+  </si>
+  <si>
+    <t>ústí - Branky</t>
+  </si>
+  <si>
+    <t>MOV_20_01</t>
+  </si>
+  <si>
+    <t>Rožnov pod Radhoštěm, Hradišťko</t>
+  </si>
+  <si>
+    <t>úsek prodloužen po toku v intravilánu Rožnova p. Radhoštěm</t>
+  </si>
+  <si>
+    <t>PMx_120_00</t>
+  </si>
+  <si>
+    <t>MOV_17_01</t>
+  </si>
+  <si>
+    <t>Vsetín - Halenkov (jez)</t>
+  </si>
+  <si>
+    <t>úsek prodloužen od ústí Senice do Vsetína</t>
+  </si>
+  <si>
+    <t>PMx_64_00</t>
+  </si>
+  <si>
+    <t>MOV_10_01</t>
+  </si>
+  <si>
+    <t>Kotojedka</t>
+  </si>
+  <si>
+    <t>Zdounky</t>
+  </si>
+  <si>
+    <t>MOV_11_01</t>
+  </si>
+  <si>
+    <t>Rusava</t>
+  </si>
+  <si>
+    <t>Hulín</t>
+  </si>
+  <si>
+    <t>MOV_12_01</t>
+  </si>
+  <si>
+    <t>Žalkovice - Horní Moštěnice</t>
+  </si>
+  <si>
+    <t>MOV_03_01</t>
+  </si>
+  <si>
+    <t>Napajedla - Dub nad Moravou</t>
+  </si>
+  <si>
+    <t>úsek prodloužen k Dubu nad Moravou</t>
+  </si>
+  <si>
+    <t>PMx_02_00</t>
   </si>
   <si>
     <t>DYJ_03_01</t>
   </si>
   <si>
-    <t>DYJ_03_04</t>
-[...296 lines deleted...]
-    <t>úsek prodloužen (cca 750 m)</t>
+    <t>Židlochovice - VN Brno</t>
+  </si>
+  <si>
+    <t>dva úseky propojeny v jeden</t>
+  </si>
+  <si>
+    <t>PMx_30_00, PMx_85_00</t>
   </si>
   <si>
     <t>MOV_16_01</t>
   </si>
   <si>
-    <t>MOV_16_05</t>
-[...50 lines deleted...]
-    <t>Moravská Nová Ves - Lužice</t>
+    <t>Choryně - Valašské Meziříčí</t>
+  </si>
+  <si>
+    <t>úsek prodloužen po proudu do Choryně</t>
+  </si>
+  <si>
+    <t>PMx_74_00</t>
+  </si>
+  <si>
+    <t>MOV_20_02</t>
+  </si>
+  <si>
+    <t>Hážovický potok</t>
+  </si>
+  <si>
+    <t>Rožnov pod Radhoštěm, Vigantice, Hutisko-Solane</t>
+  </si>
+  <si>
+    <t>MOV_20_03</t>
+  </si>
+  <si>
+    <t>Vermiřovský p. (Dolnopasecký p.)</t>
+  </si>
+  <si>
+    <t>Rožnov pod Radhoštěm</t>
+  </si>
+  <si>
+    <t>nový úsek (správce Lesy ČR, s.p.)</t>
+  </si>
+  <si>
+    <t>MOV_21_01</t>
+  </si>
+  <si>
+    <t>Jezernice</t>
+  </si>
+  <si>
+    <t>MOV_29_01</t>
+  </si>
+  <si>
+    <t>Lukovský potok</t>
+  </si>
+  <si>
+    <t>ústí - Damníkov</t>
+  </si>
+  <si>
+    <t>MOV_29_02</t>
+  </si>
+  <si>
+    <t>Lukávka</t>
+  </si>
+  <si>
+    <t>soutok - Rudoltice</t>
+  </si>
+  <si>
+    <t>MOV_31_03</t>
+  </si>
+  <si>
+    <t>Valašské Klobouky</t>
+  </si>
+  <si>
+    <t>PMx_58_00</t>
   </si>
   <si>
     <t>MOV_01_01</t>
   </si>
   <si>
-    <t>MOV_01_02</t>
-[...490 lines deleted...]
-  <si>
     <t>úsek zkrácen pod Hodonínem</t>
   </si>
   <si>
-    <t>DYJ_02</t>
+    <t>PMx_90_00</t>
   </si>
   <si>
     <t>DYJ_02_01</t>
   </si>
   <si>
     <t>Kyjov</t>
+  </si>
+  <si>
+    <t>PMx_112_00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border/>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="$A$1:$J$244" totalsRowShown="0">
-[...11 lines deleted...]
-    <tableColumn id="10" name="Upozornění na vyhlášení ZÚ"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="$A$1:$I$244" totalsRowShown="0">
+  <autoFilter ref="$A$1:$I$244"/>
+  <tableColumns count="9">
+    <tableColumn id="1" name="Plánovací období"/>
+    <tableColumn id="2" name="Dílčí povodí"/>
+    <tableColumn id="3" name="Kód úseku"/>
+    <tableColumn id="4" name="Vodní tok"/>
+    <tableColumn id="5" name="Popis úseku"/>
+    <tableColumn id="6" name="Změna"/>
+    <tableColumn id="7" name="Kód v předchozím období"/>
+    <tableColumn id="8" name="Délka úseku (km)"/>
+    <tableColumn id="9" name="Nové ZÚ"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight21" showColumnStripes="0" showFirstColumn="0" showLastColumn="0" showRowStripes="1"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -2856,6722 +3041,5554 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
           <a:tileRect/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="11.1796875" bestFit="1" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="10" max="10" width="28.082031" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="18.332031" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="34.58203" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="12.347656" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="36.01172" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="43.683594" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="60.585938" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="29.382812" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="18.460938" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="10.527344" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
-      <c r="J1" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B2" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
         <v>13</v>
       </c>
       <c r="F2" t="s">
         <v>14</v>
       </c>
-      <c r="G2" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B3" t="s">
+        <v>10</v>
+      </c>
+      <c r="C3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E3" t="s">
         <v>17</v>
-      </c>
-[...10 lines deleted...]
-        <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>14</v>
       </c>
-      <c r="G3" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
+        <v>10</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
-      </c>
-[...10 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
+        <v>9</v>
+      </c>
+      <c r="B5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D5" t="s">
+        <v>24</v>
+      </c>
+      <c r="E5" t="s">
+        <v>25</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
         <v>26</v>
-      </c>
-[...22 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B6" t="s">
+        <v>10</v>
       </c>
       <c r="C6" t="s">
-        <v>11</v>
+        <v>27</v>
       </c>
       <c r="D6" t="s">
-        <v>32</v>
+        <v>10</v>
       </c>
       <c r="E6" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="F6" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>33</v>
-[...5 lines deleted...]
-        <v>32</v>
+        <v>29</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B7" t="s">
+        <v>10</v>
       </c>
       <c r="C7" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="D7" t="s">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="E7" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F7" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>34</v>
-[...5 lines deleted...]
-        <v>30</v>
+        <v>32</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
+        <v>9</v>
+      </c>
+      <c r="B8" t="s">
+        <v>10</v>
+      </c>
+      <c r="C8" t="s">
+        <v>33</v>
+      </c>
+      <c r="D8" t="s">
+        <v>34</v>
+      </c>
+      <c r="E8" t="s">
+        <v>35</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
         <v>26</v>
-      </c>
-[...22 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>9</v>
+      </c>
+      <c r="B9" t="s">
+        <v>10</v>
       </c>
       <c r="C9" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="D9" t="s">
+        <v>37</v>
+      </c>
+      <c r="E9" t="s">
         <v>38</v>
       </c>
-      <c r="E9" t="s">
+      <c r="F9" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="G9" t="s">
         <v>40</v>
       </c>
-      <c r="H9" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>9</v>
+      </c>
+      <c r="B10" t="s">
+        <v>10</v>
       </c>
       <c r="C10" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="D10" t="s">
         <v>42</v>
       </c>
       <c r="E10" t="s">
         <v>43</v>
       </c>
       <c r="F10" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>44</v>
-[...5 lines deleted...]
-        <v>32</v>
+        <v>29</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
+        <v>9</v>
+      </c>
+      <c r="B11" t="s">
+        <v>10</v>
+      </c>
+      <c r="C11" t="s">
+        <v>44</v>
+      </c>
+      <c r="D11" t="s">
         <v>45</v>
       </c>
-      <c r="B11">
-[...5 lines deleted...]
-      <c r="D11" t="s">
+      <c r="E11" t="s">
         <v>46</v>
       </c>
-      <c r="E11" t="s">
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
         <v>47</v>
-      </c>
-[...7 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>9</v>
+      </c>
+      <c r="B12" t="s">
+        <v>10</v>
       </c>
       <c r="C12" t="s">
-        <v>11</v>
+        <v>48</v>
       </c>
       <c r="D12" t="s">
         <v>49</v>
       </c>
       <c r="E12" t="s">
         <v>50</v>
       </c>
       <c r="F12" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G12" t="s">
         <v>51</v>
       </c>
-      <c r="H12" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
+        <v>9</v>
+      </c>
+      <c r="B13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C13" t="s">
         <v>52</v>
       </c>
-      <c r="B13">
-[...4 lines deleted...]
-      </c>
       <c r="D13" t="s">
+        <v>49</v>
+      </c>
+      <c r="E13" t="s">
         <v>53</v>
       </c>
-      <c r="E13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F13" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>54</v>
       </c>
-      <c r="H13" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
+        <v>9</v>
+      </c>
+      <c r="B14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C14" t="s">
+        <v>55</v>
+      </c>
+      <c r="D14" t="s">
+        <v>56</v>
+      </c>
+      <c r="E14" t="s">
+        <v>57</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
         <v>26</v>
-      </c>
-[...22 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
+        <v>9</v>
+      </c>
+      <c r="B15" t="s">
+        <v>10</v>
+      </c>
+      <c r="C15" t="s">
         <v>58</v>
       </c>
-      <c r="B15">
-[...4 lines deleted...]
-      </c>
       <c r="D15" t="s">
+        <v>49</v>
+      </c>
+      <c r="E15" t="s">
         <v>59</v>
       </c>
-      <c r="E15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F15" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>60</v>
       </c>
-      <c r="H15" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
+        <v>9</v>
+      </c>
+      <c r="B16" t="s">
+        <v>10</v>
+      </c>
+      <c r="C16" t="s">
         <v>61</v>
       </c>
-      <c r="B16">
-[...4 lines deleted...]
-      </c>
       <c r="D16" t="s">
+        <v>56</v>
+      </c>
+      <c r="E16" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="F16" t="s">
         <v>14</v>
       </c>
-      <c r="G16" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
+        <v>9</v>
+      </c>
+      <c r="B17" t="s">
+        <v>63</v>
+      </c>
+      <c r="C17" t="s">
         <v>64</v>
       </c>
-      <c r="B17">
-[...2 lines deleted...]
-      <c r="C17" t="s">
+      <c r="D17" t="s">
         <v>65</v>
       </c>
-      <c r="D17" t="s">
+      <c r="E17" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="F17" t="s">
         <v>14</v>
       </c>
-      <c r="G17" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>9</v>
+      </c>
+      <c r="B18" t="s">
+        <v>63</v>
       </c>
       <c r="C18" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="D18" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="E18" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="F18" t="s">
         <v>14</v>
       </c>
-      <c r="G18" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B19" t="s">
+        <v>63</v>
       </c>
       <c r="C19" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="D19" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="E19" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="F19" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G19" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>73</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>9</v>
+      </c>
+      <c r="B20" t="s">
+        <v>63</v>
       </c>
       <c r="C20" t="s">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="D20" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="E20" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="F20" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G20" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>77</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
+        <v>9</v>
+      </c>
+      <c r="B21" t="s">
+        <v>78</v>
+      </c>
+      <c r="C21" t="s">
+        <v>79</v>
+      </c>
+      <c r="D21" t="s">
+        <v>80</v>
+      </c>
+      <c r="E21" t="s">
+        <v>81</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
         <v>82</v>
-      </c>
-[...22 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B22" t="s">
+        <v>63</v>
       </c>
       <c r="C22" t="s">
-        <v>65</v>
+        <v>83</v>
       </c>
       <c r="D22" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="E22" t="s">
-        <v>85</v>
+        <v>69</v>
       </c>
       <c r="F22" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G22" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>84</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B23" t="s">
+        <v>63</v>
       </c>
       <c r="C23" t="s">
-        <v>65</v>
+        <v>85</v>
       </c>
       <c r="D23" t="s">
-        <v>69</v>
+        <v>80</v>
       </c>
       <c r="E23" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F23" t="s">
-        <v>14</v>
+        <v>87</v>
       </c>
       <c r="G23" t="s">
         <v>88</v>
       </c>
-      <c r="H23" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
+        <v>9</v>
+      </c>
+      <c r="B24" t="s">
+        <v>63</v>
+      </c>
+      <c r="C24" t="s">
+        <v>89</v>
+      </c>
+      <c r="D24" t="s">
+        <v>80</v>
+      </c>
+      <c r="E24" t="s">
         <v>90</v>
       </c>
-      <c r="B24">
-[...5 lines deleted...]
-      <c r="D24" t="s">
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
         <v>91</v>
-      </c>
-[...10 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
+        <v>9</v>
+      </c>
+      <c r="B25" t="s">
+        <v>10</v>
+      </c>
+      <c r="C25" t="s">
+        <v>92</v>
+      </c>
+      <c r="D25" t="s">
         <v>93</v>
       </c>
-      <c r="B25">
-[...5 lines deleted...]
-      <c r="D25" t="s">
+      <c r="E25" t="s">
         <v>94</v>
       </c>
-      <c r="E25" t="s">
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
         <v>95</v>
-      </c>
-[...7 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
+        <v>9</v>
+      </c>
+      <c r="B26" t="s">
+        <v>10</v>
+      </c>
+      <c r="C26" t="s">
+        <v>96</v>
+      </c>
+      <c r="D26" t="s">
+        <v>34</v>
+      </c>
+      <c r="E26" t="s">
         <v>97</v>
       </c>
-      <c r="B26">
-[...5 lines deleted...]
-      <c r="D26" t="s">
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
         <v>98</v>
-      </c>
-[...10 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
+        <v>9</v>
+      </c>
+      <c r="B27" t="s">
+        <v>10</v>
+      </c>
+      <c r="C27" t="s">
+        <v>99</v>
+      </c>
+      <c r="D27" t="s">
         <v>100</v>
       </c>
-      <c r="B27">
-[...5 lines deleted...]
-      <c r="D27" t="s">
+      <c r="E27" t="s">
         <v>101</v>
       </c>
-      <c r="E27" t="s">
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
         <v>102</v>
-      </c>
-[...7 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
+        <v>9</v>
+      </c>
+      <c r="B28" t="s">
+        <v>10</v>
+      </c>
+      <c r="C28" t="s">
+        <v>103</v>
+      </c>
+      <c r="D28" t="s">
         <v>104</v>
       </c>
-      <c r="B28">
-[...5 lines deleted...]
-      <c r="D28" t="s">
+      <c r="E28" t="s">
         <v>105</v>
       </c>
-      <c r="E28" t="s">
+      <c r="F28" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="G28" t="s">
         <v>107</v>
       </c>
-      <c r="H28" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
+        <v>9</v>
+      </c>
+      <c r="B29" t="s">
+        <v>10</v>
+      </c>
+      <c r="C29" t="s">
+        <v>108</v>
+      </c>
+      <c r="D29" t="s">
         <v>109</v>
       </c>
-      <c r="B29">
-[...5 lines deleted...]
-      <c r="D29" t="s">
+      <c r="E29" t="s">
         <v>110</v>
       </c>
-      <c r="E29" t="s">
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
         <v>111</v>
-      </c>
-[...7 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
+        <v>9</v>
+      </c>
+      <c r="B30" t="s">
+        <v>63</v>
+      </c>
+      <c r="C30" t="s">
+        <v>112</v>
+      </c>
+      <c r="D30" t="s">
         <v>113</v>
       </c>
-      <c r="B30">
-[...5 lines deleted...]
-      <c r="D30" t="s">
+      <c r="E30" t="s">
         <v>114</v>
       </c>
-      <c r="E30" t="s">
+      <c r="F30" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="G30" t="s">
         <v>116</v>
       </c>
-      <c r="H30" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>9</v>
+      </c>
+      <c r="B31" t="s">
+        <v>63</v>
       </c>
       <c r="C31" t="s">
-        <v>65</v>
+        <v>117</v>
       </c>
       <c r="D31" t="s">
         <v>118</v>
       </c>
       <c r="E31" t="s">
         <v>119</v>
       </c>
       <c r="F31" t="s">
-        <v>14</v>
+        <v>120</v>
       </c>
       <c r="G31" t="s">
-        <v>120</v>
-[...1 lines deleted...]
-      <c r="H31" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
+        <v>9</v>
+      </c>
+      <c r="B32" t="s">
+        <v>63</v>
+      </c>
+      <c r="C32" t="s">
         <v>122</v>
-      </c>
-[...4 lines deleted...]
-        <v>65</v>
       </c>
       <c r="D32" t="s">
         <v>123</v>
       </c>
       <c r="E32" t="s">
         <v>124</v>
       </c>
       <c r="F32" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G32" t="s">
         <v>125</v>
       </c>
-      <c r="H32" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>9</v>
+      </c>
+      <c r="B33" t="s">
+        <v>63</v>
       </c>
       <c r="C33" t="s">
-        <v>65</v>
+        <v>126</v>
       </c>
       <c r="D33" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="E33" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="F33" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G33" t="s">
-        <v>127</v>
-[...5 lines deleted...]
-        <v>69</v>
+        <v>128</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>128</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B34" t="s">
+        <v>63</v>
       </c>
       <c r="C34" t="s">
-        <v>65</v>
+        <v>129</v>
       </c>
       <c r="D34" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="E34" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="F34" t="s">
-        <v>14</v>
+        <v>132</v>
       </c>
       <c r="G34" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B35" t="s">
+        <v>78</v>
       </c>
       <c r="C35" t="s">
-        <v>83</v>
+        <v>134</v>
       </c>
       <c r="D35" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="E35" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="F35" t="s">
-        <v>14</v>
+        <v>137</v>
       </c>
       <c r="G35" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B36" t="s">
+        <v>63</v>
       </c>
       <c r="C36" t="s">
-        <v>65</v>
+        <v>139</v>
       </c>
       <c r="D36" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="E36" t="s">
-        <v>115</v>
+        <v>76</v>
       </c>
       <c r="F36" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G36" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>140</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>139</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B37" t="s">
+        <v>63</v>
       </c>
       <c r="C37" t="s">
-        <v>65</v>
+        <v>141</v>
       </c>
       <c r="D37" t="s">
-        <v>140</v>
+        <v>113</v>
       </c>
       <c r="E37" t="s">
-        <v>115</v>
+        <v>142</v>
       </c>
       <c r="F37" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G37" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>143</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B38" t="s">
+        <v>63</v>
       </c>
       <c r="C38" t="s">
-        <v>65</v>
+        <v>144</v>
       </c>
       <c r="D38" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="E38" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="F38" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G38" t="s">
-        <v>145</v>
-[...5 lines deleted...]
-        <v>143</v>
+        <v>147</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>9</v>
+      </c>
+      <c r="B39" t="s">
+        <v>63</v>
       </c>
       <c r="C39" t="s">
-        <v>65</v>
+        <v>148</v>
       </c>
       <c r="D39" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="E39" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="F39" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G39" t="s">
-        <v>148</v>
-[...5 lines deleted...]
-        <v>143</v>
+        <v>151</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B40" t="s">
+        <v>63</v>
       </c>
       <c r="C40" t="s">
-        <v>65</v>
+        <v>152</v>
       </c>
       <c r="D40" t="s">
-        <v>150</v>
+        <v>113</v>
       </c>
       <c r="E40" t="s">
-        <v>115</v>
+        <v>153</v>
       </c>
       <c r="F40" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G40" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>154</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B41" t="s">
+        <v>10</v>
       </c>
       <c r="C41" t="s">
-        <v>11</v>
+        <v>155</v>
       </c>
       <c r="D41" t="s">
-        <v>152</v>
+        <v>34</v>
       </c>
       <c r="E41" t="s">
-        <v>36</v>
+        <v>156</v>
       </c>
       <c r="F41" t="s">
-        <v>14</v>
+        <v>157</v>
       </c>
       <c r="G41" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-        <v>154</v>
+        <v>158</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>9</v>
+      </c>
+      <c r="B42" t="s">
+        <v>78</v>
       </c>
       <c r="C42" t="s">
-        <v>83</v>
+        <v>159</v>
       </c>
       <c r="D42" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="E42" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="F42" t="s">
         <v>14</v>
       </c>
-      <c r="G42" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B43" t="s">
+        <v>78</v>
       </c>
       <c r="C43" t="s">
-        <v>83</v>
+        <v>162</v>
       </c>
       <c r="D43" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="E43" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="F43" t="s">
         <v>14</v>
       </c>
-      <c r="G43" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B44" t="s">
+        <v>165</v>
       </c>
       <c r="C44" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="D44" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="E44" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="F44" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G44" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>169</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>167</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>9</v>
+      </c>
+      <c r="B45" t="s">
+        <v>170</v>
       </c>
       <c r="C45" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="D45" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="E45" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="F45" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G45" t="s">
-        <v>171</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>174</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>172</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>9</v>
+      </c>
+      <c r="B46" t="s">
+        <v>170</v>
       </c>
       <c r="C46" t="s">
-        <v>168</v>
+        <v>175</v>
       </c>
       <c r="D46" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="E46" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="F46" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G46" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>178</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>176</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B47" t="s">
+        <v>170</v>
       </c>
       <c r="C47" t="s">
-        <v>168</v>
+        <v>179</v>
       </c>
       <c r="D47" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="E47" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="F47" t="s">
-        <v>14</v>
+        <v>137</v>
       </c>
       <c r="G47" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-        <v>137</v>
+        <v>182</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B48" t="s">
+        <v>170</v>
       </c>
       <c r="C48" t="s">
-        <v>168</v>
+        <v>183</v>
       </c>
       <c r="D48" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="E48" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="F48" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G48" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>186</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>184</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B49" t="s">
+        <v>170</v>
       </c>
       <c r="C49" t="s">
-        <v>168</v>
+        <v>187</v>
       </c>
       <c r="D49" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="E49" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="F49" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G49" t="s">
-        <v>187</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>190</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>188</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>9</v>
+      </c>
+      <c r="B50" t="s">
+        <v>170</v>
       </c>
       <c r="C50" t="s">
-        <v>168</v>
+        <v>191</v>
       </c>
       <c r="D50" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="E50" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="F50" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G50" t="s">
-        <v>191</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>194</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>167</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>9</v>
+      </c>
+      <c r="B51" t="s">
+        <v>170</v>
       </c>
       <c r="C51" t="s">
-        <v>168</v>
+        <v>195</v>
       </c>
       <c r="D51" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="E51" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="F51" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G51" t="s">
-        <v>194</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>198</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>167</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>9</v>
+      </c>
+      <c r="B52" t="s">
+        <v>170</v>
       </c>
       <c r="C52" t="s">
-        <v>168</v>
+        <v>199</v>
       </c>
       <c r="D52" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="E52" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="F52" t="s">
-        <v>14</v>
+        <v>137</v>
       </c>
       <c r="G52" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>137</v>
+        <v>202</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>188</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B53" t="s">
+        <v>170</v>
       </c>
       <c r="C53" t="s">
-        <v>168</v>
+        <v>203</v>
       </c>
       <c r="D53" t="s">
-        <v>198</v>
+        <v>204</v>
       </c>
       <c r="E53" t="s">
-        <v>199</v>
+        <v>193</v>
       </c>
       <c r="F53" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G53" t="s">
-        <v>191</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>205</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B54" t="s">
+        <v>170</v>
       </c>
       <c r="C54" t="s">
-        <v>168</v>
+        <v>206</v>
       </c>
       <c r="D54" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="E54" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="F54" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G54" t="s">
-        <v>203</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>209</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>176</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>9</v>
+      </c>
+      <c r="B55" t="s">
+        <v>170</v>
       </c>
       <c r="C55" t="s">
-        <v>168</v>
+        <v>210</v>
       </c>
       <c r="D55" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="E55" t="s">
-        <v>205</v>
+        <v>185</v>
       </c>
       <c r="F55" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G55" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>212</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>172</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B56" t="s">
+        <v>170</v>
       </c>
       <c r="C56" t="s">
-        <v>168</v>
+        <v>213</v>
       </c>
       <c r="D56" t="s">
-        <v>206</v>
+        <v>214</v>
       </c>
       <c r="E56" t="s">
-        <v>207</v>
+        <v>215</v>
       </c>
       <c r="F56" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G56" t="s">
-        <v>208</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>216</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>167</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B57" t="s">
+        <v>170</v>
       </c>
       <c r="C57" t="s">
-        <v>168</v>
+        <v>217</v>
       </c>
       <c r="D57" t="s">
-        <v>209</v>
+        <v>218</v>
       </c>
       <c r="E57" t="s">
-        <v>210</v>
+        <v>219</v>
       </c>
       <c r="F57" t="s">
-        <v>14</v>
+        <v>137</v>
       </c>
       <c r="G57" t="s">
-        <v>211</v>
-[...2 lines deleted...]
-        <v>137</v>
+        <v>220</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>176</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>9</v>
+      </c>
+      <c r="B58" t="s">
+        <v>170</v>
       </c>
       <c r="C58" t="s">
-        <v>168</v>
+        <v>221</v>
       </c>
       <c r="D58" t="s">
-        <v>212</v>
+        <v>180</v>
       </c>
       <c r="E58" t="s">
-        <v>178</v>
+        <v>222</v>
       </c>
       <c r="F58" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G58" t="s">
-        <v>213</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>223</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>214</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B59" t="s">
+        <v>170</v>
       </c>
       <c r="C59" t="s">
-        <v>168</v>
+        <v>224</v>
       </c>
       <c r="D59" t="s">
-        <v>215</v>
+        <v>207</v>
       </c>
       <c r="E59" t="s">
-        <v>202</v>
+        <v>225</v>
       </c>
       <c r="F59" t="s">
-        <v>14</v>
+        <v>137</v>
       </c>
       <c r="G59" t="s">
-        <v>216</v>
-[...2 lines deleted...]
-        <v>137</v>
+        <v>226</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>217</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B60" t="s">
+        <v>170</v>
       </c>
       <c r="C60" t="s">
-        <v>168</v>
+        <v>227</v>
       </c>
       <c r="D60" t="s">
-        <v>218</v>
+        <v>228</v>
       </c>
       <c r="E60" t="s">
-        <v>219</v>
+        <v>229</v>
       </c>
       <c r="F60" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G60" t="s">
-        <v>220</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>230</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B61" t="s">
+        <v>170</v>
       </c>
       <c r="C61" t="s">
-        <v>168</v>
+        <v>231</v>
       </c>
       <c r="D61" t="s">
-        <v>222</v>
+        <v>232</v>
       </c>
       <c r="E61" t="s">
-        <v>223</v>
+        <v>233</v>
       </c>
       <c r="F61" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G61" t="s">
-        <v>224</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>234</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>225</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B62" t="s">
+        <v>170</v>
       </c>
       <c r="C62" t="s">
-        <v>168</v>
+        <v>235</v>
       </c>
       <c r="D62" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
       <c r="E62" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="F62" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G62" t="s">
-        <v>228</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>238</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>229</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B63" t="s">
+        <v>170</v>
       </c>
       <c r="C63" t="s">
-        <v>168</v>
+        <v>239</v>
       </c>
       <c r="D63" t="s">
-        <v>230</v>
+        <v>218</v>
       </c>
       <c r="E63" t="s">
-        <v>210</v>
+        <v>240</v>
       </c>
       <c r="F63" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G63" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>241</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>232</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B64" t="s">
+        <v>170</v>
       </c>
       <c r="C64" t="s">
-        <v>168</v>
+        <v>242</v>
       </c>
       <c r="D64" t="s">
-        <v>233</v>
+        <v>243</v>
       </c>
       <c r="E64" t="s">
-        <v>234</v>
+        <v>244</v>
       </c>
       <c r="F64" t="s">
-        <v>14</v>
+        <v>245</v>
       </c>
       <c r="G64" t="s">
-        <v>235</v>
-[...2 lines deleted...]
-        <v>236</v>
+        <v>246</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>232</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>9</v>
+      </c>
+      <c r="B65" t="s">
+        <v>170</v>
       </c>
       <c r="C65" t="s">
-        <v>168</v>
+        <v>247</v>
       </c>
       <c r="D65" t="s">
-        <v>237</v>
+        <v>248</v>
       </c>
       <c r="E65" t="s">
-        <v>238</v>
+        <v>249</v>
       </c>
       <c r="F65" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G65" t="s">
-        <v>239</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>250</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>214</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>9</v>
+      </c>
+      <c r="B66" t="s">
+        <v>170</v>
       </c>
       <c r="C66" t="s">
-        <v>168</v>
+        <v>251</v>
       </c>
       <c r="D66" t="s">
-        <v>240</v>
+        <v>252</v>
       </c>
       <c r="E66" t="s">
-        <v>241</v>
+        <v>253</v>
       </c>
       <c r="F66" t="s">
-        <v>14</v>
+        <v>137</v>
       </c>
       <c r="G66" t="s">
-        <v>242</v>
-[...2 lines deleted...]
-        <v>137</v>
+        <v>254</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B67" t="s">
+        <v>170</v>
       </c>
       <c r="C67" t="s">
-        <v>168</v>
+        <v>255</v>
       </c>
       <c r="D67" t="s">
-        <v>244</v>
+        <v>218</v>
       </c>
       <c r="E67" t="s">
-        <v>210</v>
+        <v>256</v>
       </c>
       <c r="F67" t="s">
-        <v>14</v>
+        <v>257</v>
       </c>
       <c r="G67" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-        <v>246</v>
+        <v>258</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>247</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B68" t="s">
+        <v>170</v>
       </c>
       <c r="C68" t="s">
-        <v>168</v>
+        <v>259</v>
       </c>
       <c r="D68" t="s">
-        <v>248</v>
+        <v>260</v>
       </c>
       <c r="E68" t="s">
-        <v>249</v>
+        <v>261</v>
       </c>
       <c r="F68" t="s">
-        <v>14</v>
+        <v>257</v>
       </c>
       <c r="G68" t="s">
-        <v>250</v>
-[...2 lines deleted...]
-        <v>246</v>
+        <v>262</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>251</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B69" t="s">
+        <v>170</v>
       </c>
       <c r="C69" t="s">
-        <v>168</v>
+        <v>263</v>
       </c>
       <c r="D69" t="s">
-        <v>252</v>
+        <v>264</v>
       </c>
       <c r="E69" t="s">
-        <v>253</v>
+        <v>265</v>
       </c>
       <c r="F69" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G69" t="s">
-        <v>254</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>266</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>255</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B70" t="s">
+        <v>170</v>
       </c>
       <c r="C70" t="s">
-        <v>168</v>
+        <v>267</v>
       </c>
       <c r="D70" t="s">
-        <v>256</v>
+        <v>268</v>
       </c>
       <c r="E70" t="s">
+        <v>269</v>
+      </c>
+      <c r="F70" t="s">
         <v>257</v>
       </c>
-      <c r="F70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G70" t="s">
-        <v>258</v>
-[...2 lines deleted...]
-        <v>246</v>
+        <v>270</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>259</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B71" t="s">
+        <v>170</v>
       </c>
       <c r="C71" t="s">
-        <v>168</v>
+        <v>271</v>
       </c>
       <c r="D71" t="s">
-        <v>260</v>
+        <v>272</v>
       </c>
       <c r="E71" t="s">
-        <v>261</v>
+        <v>273</v>
       </c>
       <c r="F71" t="s">
-        <v>14</v>
+        <v>257</v>
       </c>
       <c r="G71" t="s">
-        <v>262</v>
-[...2 lines deleted...]
-        <v>246</v>
+        <v>274</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>229</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>9</v>
+      </c>
+      <c r="B72" t="s">
+        <v>170</v>
       </c>
       <c r="C72" t="s">
-        <v>168</v>
+        <v>275</v>
       </c>
       <c r="D72" t="s">
-        <v>263</v>
+        <v>236</v>
       </c>
       <c r="E72" t="s">
-        <v>227</v>
+        <v>276</v>
       </c>
       <c r="F72" t="s">
-        <v>14</v>
+        <v>277</v>
       </c>
       <c r="G72" t="s">
-        <v>264</v>
-[...2 lines deleted...]
-        <v>265</v>
+        <v>278</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>266</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B73" t="s">
+        <v>170</v>
       </c>
       <c r="C73" t="s">
-        <v>168</v>
+        <v>279</v>
       </c>
       <c r="D73" t="s">
-        <v>267</v>
+        <v>280</v>
       </c>
       <c r="E73" t="s">
-        <v>268</v>
+        <v>281</v>
       </c>
       <c r="F73" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G73" t="s">
-        <v>269</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>282</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>270</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B74" t="s">
+        <v>170</v>
       </c>
       <c r="C74" t="s">
-        <v>168</v>
+        <v>283</v>
       </c>
       <c r="D74" t="s">
-        <v>271</v>
+        <v>218</v>
       </c>
       <c r="E74" t="s">
-        <v>210</v>
+        <v>284</v>
       </c>
       <c r="F74" t="s">
-        <v>14</v>
+        <v>257</v>
       </c>
       <c r="G74" t="s">
-        <v>272</v>
-[...2 lines deleted...]
-        <v>246</v>
+        <v>285</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>232</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>9</v>
+      </c>
+      <c r="B75" t="s">
+        <v>170</v>
       </c>
       <c r="C75" t="s">
-        <v>168</v>
+        <v>286</v>
       </c>
       <c r="D75" t="s">
-        <v>273</v>
+        <v>287</v>
       </c>
       <c r="E75" t="s">
-        <v>274</v>
+        <v>288</v>
       </c>
       <c r="F75" t="s">
         <v>14</v>
       </c>
-      <c r="G75" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>276</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>9</v>
+      </c>
+      <c r="B76" t="s">
+        <v>170</v>
       </c>
       <c r="C76" t="s">
-        <v>168</v>
+        <v>289</v>
       </c>
       <c r="D76" t="s">
-        <v>277</v>
+        <v>290</v>
       </c>
       <c r="E76" t="s">
-        <v>278</v>
+        <v>291</v>
       </c>
       <c r="F76" t="s">
         <v>14</v>
       </c>
-      <c r="G76" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>276</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B77" t="s">
+        <v>170</v>
       </c>
       <c r="C77" t="s">
-        <v>168</v>
+        <v>292</v>
       </c>
       <c r="D77" t="s">
-        <v>280</v>
+        <v>264</v>
       </c>
       <c r="E77" t="s">
-        <v>253</v>
+        <v>293</v>
       </c>
       <c r="F77" t="s">
         <v>14</v>
       </c>
-      <c r="G77" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B78" t="s">
+        <v>63</v>
       </c>
       <c r="C78" t="s">
+        <v>294</v>
+      </c>
+      <c r="D78" t="s">
         <v>65</v>
       </c>
-      <c r="D78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E78" t="s">
-        <v>67</v>
+        <v>295</v>
       </c>
       <c r="F78" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G78" t="s">
-        <v>284</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>296</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>9</v>
+      </c>
+      <c r="B79" t="s">
+        <v>297</v>
       </c>
       <c r="C79" t="s">
-        <v>286</v>
+        <v>298</v>
       </c>
       <c r="D79" t="s">
-        <v>287</v>
+        <v>299</v>
       </c>
       <c r="E79" t="s">
-        <v>288</v>
+        <v>300</v>
       </c>
       <c r="F79" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G79" t="s">
-        <v>289</v>
-[...5 lines deleted...]
-        <v>290</v>
+        <v>301</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>291</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>9</v>
+      </c>
+      <c r="B80" t="s">
+        <v>297</v>
       </c>
       <c r="C80" t="s">
-        <v>286</v>
+        <v>302</v>
       </c>
       <c r="D80" t="s">
-        <v>292</v>
+        <v>303</v>
       </c>
       <c r="E80" t="s">
-        <v>293</v>
+        <v>304</v>
       </c>
       <c r="F80" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G80" t="s">
-        <v>294</v>
-[...5 lines deleted...]
-        <v>295</v>
+        <v>305</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B81" t="s">
+        <v>297</v>
       </c>
       <c r="C81" t="s">
-        <v>286</v>
+        <v>306</v>
       </c>
       <c r="D81" t="s">
-        <v>290</v>
+        <v>307</v>
       </c>
       <c r="E81" t="s">
-        <v>296</v>
+        <v>308</v>
       </c>
       <c r="F81" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G81" t="s">
-        <v>297</v>
-[...5 lines deleted...]
-        <v>290</v>
+        <v>309</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>298</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B82" t="s">
+        <v>297</v>
       </c>
       <c r="C82" t="s">
-        <v>286</v>
+        <v>310</v>
       </c>
       <c r="D82" t="s">
-        <v>299</v>
+        <v>307</v>
       </c>
       <c r="E82" t="s">
-        <v>296</v>
+        <v>311</v>
       </c>
       <c r="F82" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G82" t="s">
-        <v>300</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>312</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>9</v>
+      </c>
+      <c r="B83" t="s">
+        <v>297</v>
       </c>
       <c r="C83" t="s">
-        <v>286</v>
+        <v>313</v>
       </c>
       <c r="D83" t="s">
-        <v>301</v>
+        <v>314</v>
       </c>
       <c r="E83" t="s">
-        <v>302</v>
+        <v>315</v>
       </c>
       <c r="F83" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G83" t="s">
-        <v>303</v>
-[...5 lines deleted...]
-        <v>290</v>
+        <v>316</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>9</v>
+      </c>
+      <c r="B84" t="s">
+        <v>297</v>
       </c>
       <c r="C84" t="s">
-        <v>286</v>
+        <v>317</v>
       </c>
       <c r="D84" t="s">
-        <v>304</v>
+        <v>318</v>
       </c>
       <c r="E84" t="s">
-        <v>305</v>
+        <v>319</v>
       </c>
       <c r="F84" t="s">
-        <v>14</v>
+        <v>320</v>
       </c>
       <c r="G84" t="s">
-        <v>306</v>
-[...5 lines deleted...]
-        <v>290</v>
+        <v>321</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>308</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B85" t="s">
+        <v>297</v>
       </c>
       <c r="C85" t="s">
-        <v>286</v>
+        <v>322</v>
       </c>
       <c r="D85" t="s">
-        <v>309</v>
+        <v>318</v>
       </c>
       <c r="E85" t="s">
-        <v>305</v>
+        <v>323</v>
       </c>
       <c r="F85" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G85" t="s">
-        <v>310</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>324</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>291</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B86" t="s">
+        <v>297</v>
       </c>
       <c r="C86" t="s">
-        <v>286</v>
+        <v>325</v>
       </c>
       <c r="D86" t="s">
-        <v>295</v>
+        <v>314</v>
       </c>
       <c r="E86" t="s">
-        <v>302</v>
+        <v>326</v>
       </c>
       <c r="F86" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G86" t="s">
-        <v>311</v>
-[...5 lines deleted...]
-        <v>295</v>
+        <v>327</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>312</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B87" t="s">
+        <v>297</v>
       </c>
       <c r="C87" t="s">
-        <v>286</v>
+        <v>328</v>
       </c>
       <c r="D87" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="E87" t="s">
-        <v>302</v>
+        <v>329</v>
       </c>
       <c r="F87" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G87" t="s">
-        <v>314</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>330</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>9</v>
+      </c>
+      <c r="B88" t="s">
+        <v>297</v>
       </c>
       <c r="C88" t="s">
-        <v>286</v>
+        <v>331</v>
       </c>
       <c r="D88" t="s">
-        <v>315</v>
+        <v>332</v>
       </c>
       <c r="E88" t="s">
-        <v>316</v>
+        <v>333</v>
       </c>
       <c r="F88" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G88" t="s">
-        <v>317</v>
-[...5 lines deleted...]
-        <v>290</v>
+        <v>334</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>9</v>
+      </c>
+      <c r="B89" t="s">
+        <v>297</v>
       </c>
       <c r="C89" t="s">
-        <v>286</v>
+        <v>335</v>
       </c>
       <c r="D89" t="s">
-        <v>318</v>
+        <v>336</v>
       </c>
       <c r="E89" t="s">
-        <v>319</v>
+        <v>337</v>
       </c>
       <c r="F89" t="s">
-        <v>14</v>
+        <v>338</v>
       </c>
       <c r="G89" t="s">
-        <v>320</v>
-[...5 lines deleted...]
-        <v>290</v>
+        <v>339</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>322</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B90" t="s">
+        <v>340</v>
       </c>
       <c r="C90" t="s">
-        <v>323</v>
+        <v>341</v>
       </c>
       <c r="D90" t="s">
-        <v>324</v>
+        <v>342</v>
       </c>
       <c r="E90" t="s">
-        <v>325</v>
+        <v>343</v>
       </c>
       <c r="F90" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G90" t="s">
-        <v>326</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>344</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>327</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B91" t="s">
+        <v>340</v>
       </c>
       <c r="C91" t="s">
-        <v>323</v>
+        <v>345</v>
       </c>
       <c r="D91" t="s">
-        <v>328</v>
+        <v>346</v>
       </c>
       <c r="E91" t="s">
-        <v>329</v>
+        <v>347</v>
       </c>
       <c r="F91" t="s">
-        <v>14</v>
+        <v>348</v>
       </c>
       <c r="G91" t="s">
-        <v>330</v>
-[...2 lines deleted...]
-        <v>331</v>
+        <v>349</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>332</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B92" t="s">
+        <v>340</v>
       </c>
       <c r="C92" t="s">
-        <v>323</v>
+        <v>350</v>
       </c>
       <c r="D92" t="s">
-        <v>333</v>
+        <v>351</v>
       </c>
       <c r="E92" t="s">
-        <v>334</v>
+        <v>352</v>
       </c>
       <c r="F92" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G92" t="s">
-        <v>335</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>353</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>336</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B93" t="s">
+        <v>340</v>
       </c>
       <c r="C93" t="s">
-        <v>323</v>
+        <v>354</v>
       </c>
       <c r="D93" t="s">
-        <v>337</v>
+        <v>355</v>
       </c>
       <c r="E93" t="s">
-        <v>338</v>
+        <v>356</v>
       </c>
       <c r="F93" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G93" t="s">
-        <v>339</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>357</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
+        <v>9</v>
+      </c>
+      <c r="B94" t="s">
         <v>340</v>
       </c>
-      <c r="B94">
-[...1 lines deleted...]
-      </c>
       <c r="C94" t="s">
-        <v>323</v>
+        <v>358</v>
       </c>
       <c r="D94" t="s">
-        <v>341</v>
+        <v>359</v>
       </c>
       <c r="E94" t="s">
-        <v>342</v>
+        <v>360</v>
       </c>
       <c r="F94" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G94" t="s">
-        <v>343</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>361</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>344</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B95" t="s">
+        <v>340</v>
       </c>
       <c r="C95" t="s">
-        <v>323</v>
+        <v>362</v>
       </c>
       <c r="D95" t="s">
-        <v>345</v>
+        <v>363</v>
       </c>
       <c r="E95" t="s">
-        <v>346</v>
+        <v>364</v>
       </c>
       <c r="F95" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G95" t="s">
-        <v>347</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>365</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>344</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>9</v>
+      </c>
+      <c r="B96" t="s">
+        <v>340</v>
       </c>
       <c r="C96" t="s">
-        <v>323</v>
+        <v>366</v>
       </c>
       <c r="D96" t="s">
-        <v>348</v>
+        <v>363</v>
       </c>
       <c r="E96" t="s">
-        <v>346</v>
+        <v>367</v>
       </c>
       <c r="F96" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G96" t="s">
-        <v>349</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>368</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>350</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B97" t="s">
+        <v>340</v>
       </c>
       <c r="C97" t="s">
-        <v>323</v>
+        <v>369</v>
       </c>
       <c r="D97" t="s">
-        <v>351</v>
+        <v>16</v>
       </c>
       <c r="E97" t="s">
-        <v>19</v>
+        <v>370</v>
       </c>
       <c r="F97" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G97" t="s">
-        <v>352</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>371</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>353</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B98" t="s">
+        <v>340</v>
       </c>
       <c r="C98" t="s">
-        <v>323</v>
+        <v>372</v>
       </c>
       <c r="D98" t="s">
-        <v>354</v>
+        <v>373</v>
       </c>
       <c r="E98" t="s">
-        <v>355</v>
+        <v>374</v>
       </c>
       <c r="F98" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G98" t="s">
-        <v>356</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>375</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>357</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B99" t="s">
+        <v>340</v>
       </c>
       <c r="C99" t="s">
-        <v>323</v>
+        <v>376</v>
       </c>
       <c r="D99" t="s">
-        <v>358</v>
+        <v>377</v>
       </c>
       <c r="E99" t="s">
-        <v>359</v>
+        <v>378</v>
       </c>
       <c r="F99" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G99" t="s">
-        <v>360</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>379</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>361</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B100" t="s">
+        <v>340</v>
       </c>
       <c r="C100" t="s">
-        <v>323</v>
+        <v>380</v>
       </c>
       <c r="D100" t="s">
-        <v>362</v>
+        <v>381</v>
       </c>
       <c r="E100" t="s">
-        <v>363</v>
+        <v>382</v>
       </c>
       <c r="F100" t="s">
-        <v>14</v>
+        <v>383</v>
       </c>
       <c r="G100" t="s">
-        <v>364</v>
-[...2 lines deleted...]
-        <v>365</v>
+        <v>384</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>366</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B101" t="s">
+        <v>340</v>
       </c>
       <c r="C101" t="s">
-        <v>323</v>
+        <v>385</v>
       </c>
       <c r="D101" t="s">
-        <v>367</v>
+        <v>386</v>
       </c>
       <c r="E101" t="s">
-        <v>368</v>
+        <v>387</v>
       </c>
       <c r="F101" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G101" t="s">
-        <v>369</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>388</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
-        <v>370</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B102" t="s">
+        <v>340</v>
       </c>
       <c r="C102" t="s">
-        <v>323</v>
+        <v>389</v>
       </c>
       <c r="D102" t="s">
-        <v>371</v>
+        <v>390</v>
       </c>
       <c r="E102" t="s">
-        <v>372</v>
+        <v>391</v>
       </c>
       <c r="F102" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G102" t="s">
-        <v>373</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>392</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
-        <v>374</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B103" t="s">
+        <v>340</v>
       </c>
       <c r="C103" t="s">
-        <v>323</v>
+        <v>393</v>
       </c>
       <c r="D103" t="s">
-        <v>375</v>
+        <v>394</v>
       </c>
       <c r="E103" t="s">
-        <v>376</v>
+        <v>395</v>
       </c>
       <c r="F103" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G103" t="s">
-        <v>377</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>396</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
-        <v>378</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B104" t="s">
+        <v>340</v>
       </c>
       <c r="C104" t="s">
-        <v>323</v>
+        <v>397</v>
       </c>
       <c r="D104" t="s">
-        <v>379</v>
+        <v>398</v>
       </c>
       <c r="E104" t="s">
-        <v>380</v>
+        <v>399</v>
       </c>
       <c r="F104" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G104" t="s">
-        <v>381</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>400</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
-        <v>382</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B105" t="s">
+        <v>340</v>
       </c>
       <c r="C105" t="s">
-        <v>323</v>
+        <v>401</v>
       </c>
       <c r="D105" t="s">
-        <v>383</v>
+        <v>402</v>
       </c>
       <c r="E105" t="s">
-        <v>384</v>
+        <v>403</v>
       </c>
       <c r="F105" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G105" t="s">
-        <v>385</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>404</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
-        <v>386</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B106" t="s">
+        <v>340</v>
       </c>
       <c r="C106" t="s">
-        <v>323</v>
+        <v>405</v>
       </c>
       <c r="D106" t="s">
-        <v>387</v>
+        <v>406</v>
       </c>
       <c r="E106" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="F106" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G106" t="s">
-        <v>389</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>408</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
-        <v>390</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B107" t="s">
+        <v>340</v>
       </c>
       <c r="C107" t="s">
-        <v>323</v>
+        <v>409</v>
       </c>
       <c r="D107" t="s">
-        <v>391</v>
+        <v>16</v>
       </c>
       <c r="E107" t="s">
-        <v>19</v>
+        <v>410</v>
       </c>
       <c r="F107" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G107" t="s">
-        <v>392</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>411</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
-        <v>393</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B108" t="s">
+        <v>340</v>
       </c>
       <c r="C108" t="s">
-        <v>323</v>
+        <v>412</v>
       </c>
       <c r="D108" t="s">
-        <v>394</v>
+        <v>413</v>
       </c>
       <c r="E108" t="s">
-        <v>395</v>
+        <v>414</v>
       </c>
       <c r="F108" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G108" t="s">
-        <v>396</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>415</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
-        <v>397</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>9</v>
+      </c>
+      <c r="B109" t="s">
+        <v>340</v>
       </c>
       <c r="C109" t="s">
-        <v>323</v>
+        <v>416</v>
       </c>
       <c r="D109" t="s">
-        <v>398</v>
+        <v>346</v>
       </c>
       <c r="E109" t="s">
-        <v>329</v>
+        <v>417</v>
       </c>
       <c r="F109" t="s">
-        <v>14</v>
+        <v>348</v>
       </c>
       <c r="G109" t="s">
-        <v>399</v>
-[...2 lines deleted...]
-        <v>331</v>
+        <v>418</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
-        <v>361</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>9</v>
+      </c>
+      <c r="B110" t="s">
+        <v>340</v>
       </c>
       <c r="C110" t="s">
-        <v>323</v>
+        <v>419</v>
       </c>
       <c r="D110" t="s">
-        <v>400</v>
+        <v>381</v>
       </c>
       <c r="E110" t="s">
-        <v>363</v>
+        <v>420</v>
       </c>
       <c r="F110" t="s">
-        <v>14</v>
+        <v>383</v>
       </c>
       <c r="G110" t="s">
-        <v>401</v>
-[...2 lines deleted...]
-        <v>365</v>
+        <v>384</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
-        <v>402</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B111" t="s">
+        <v>340</v>
       </c>
       <c r="C111" t="s">
-        <v>323</v>
+        <v>421</v>
       </c>
       <c r="D111" t="s">
-        <v>403</v>
+        <v>422</v>
       </c>
       <c r="E111" t="s">
-        <v>404</v>
+        <v>423</v>
       </c>
       <c r="F111" t="s">
-        <v>14</v>
+        <v>137</v>
       </c>
       <c r="G111" t="s">
-        <v>405</v>
-[...2 lines deleted...]
-        <v>137</v>
+        <v>424</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
-        <v>406</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>9</v>
+      </c>
+      <c r="B112" t="s">
+        <v>340</v>
       </c>
       <c r="C112" t="s">
-        <v>323</v>
+        <v>425</v>
       </c>
       <c r="D112" t="s">
-        <v>407</v>
+        <v>426</v>
       </c>
       <c r="E112" t="s">
-        <v>408</v>
+        <v>427</v>
       </c>
       <c r="F112" t="s">
-        <v>14</v>
+        <v>383</v>
       </c>
       <c r="G112" t="s">
-        <v>409</v>
-[...2 lines deleted...]
-        <v>365</v>
+        <v>428</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
-        <v>410</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B113" t="s">
+        <v>340</v>
       </c>
       <c r="C113" t="s">
-        <v>323</v>
+        <v>429</v>
       </c>
       <c r="D113" t="s">
-        <v>411</v>
+        <v>430</v>
       </c>
       <c r="E113" t="s">
-        <v>412</v>
+        <v>431</v>
       </c>
       <c r="F113" t="s">
-        <v>14</v>
+        <v>432</v>
       </c>
       <c r="G113" t="s">
-        <v>413</v>
-[...2 lines deleted...]
-        <v>414</v>
+        <v>433</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
-        <v>406</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B114" t="s">
+        <v>340</v>
       </c>
       <c r="C114" t="s">
-        <v>323</v>
+        <v>434</v>
       </c>
       <c r="D114" t="s">
-        <v>415</v>
+        <v>426</v>
       </c>
       <c r="E114" t="s">
-        <v>408</v>
+        <v>435</v>
       </c>
       <c r="F114" t="s">
-        <v>14</v>
+        <v>383</v>
       </c>
       <c r="G114" t="s">
-        <v>416</v>
-[...2 lines deleted...]
-        <v>365</v>
+        <v>428</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
-        <v>417</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B115" t="s">
+        <v>340</v>
       </c>
       <c r="C115" t="s">
-        <v>323</v>
+        <v>436</v>
       </c>
       <c r="D115" t="s">
-        <v>418</v>
+        <v>437</v>
       </c>
       <c r="E115" t="s">
-        <v>419</v>
+        <v>438</v>
       </c>
       <c r="F115" t="s">
-        <v>14</v>
+        <v>257</v>
       </c>
       <c r="G115" t="s">
-        <v>420</v>
-[...2 lines deleted...]
-        <v>246</v>
+        <v>439</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
-        <v>421</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B116" t="s">
+        <v>340</v>
       </c>
       <c r="C116" t="s">
-        <v>323</v>
+        <v>440</v>
       </c>
       <c r="D116" t="s">
-        <v>422</v>
+        <v>441</v>
       </c>
       <c r="E116" t="s">
-        <v>423</v>
+        <v>442</v>
       </c>
       <c r="F116" t="s">
-        <v>14</v>
+        <v>257</v>
       </c>
       <c r="G116" t="s">
-        <v>424</v>
-[...2 lines deleted...]
-        <v>246</v>
+        <v>443</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
-        <v>425</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B117" t="s">
+        <v>340</v>
       </c>
       <c r="C117" t="s">
-        <v>323</v>
+        <v>444</v>
       </c>
       <c r="D117" t="s">
-        <v>426</v>
+        <v>445</v>
       </c>
       <c r="E117" t="s">
-        <v>427</v>
+        <v>446</v>
       </c>
       <c r="F117" t="s">
         <v>14</v>
       </c>
-      <c r="G117" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
-        <v>429</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B118" t="s">
+        <v>340</v>
       </c>
       <c r="C118" t="s">
-        <v>323</v>
+        <v>447</v>
       </c>
       <c r="D118" t="s">
-        <v>430</v>
+        <v>448</v>
       </c>
       <c r="E118" t="s">
-        <v>431</v>
+        <v>449</v>
       </c>
       <c r="F118" t="s">
         <v>14</v>
       </c>
-      <c r="G118" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
-        <v>433</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B119" t="s">
+        <v>165</v>
       </c>
       <c r="C119" t="s">
-        <v>163</v>
+        <v>450</v>
       </c>
       <c r="D119" t="s">
-        <v>434</v>
+        <v>451</v>
       </c>
       <c r="E119" t="s">
-        <v>435</v>
+        <v>452</v>
       </c>
       <c r="F119" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G119" t="s">
-        <v>436</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>453</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
-        <v>437</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B120" t="s">
+        <v>165</v>
       </c>
       <c r="C120" t="s">
-        <v>163</v>
+        <v>454</v>
       </c>
       <c r="D120" t="s">
-        <v>438</v>
+        <v>455</v>
       </c>
       <c r="E120" t="s">
-        <v>439</v>
+        <v>456</v>
       </c>
       <c r="F120" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G120" t="s">
-        <v>440</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>457</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
-        <v>441</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B121" t="s">
+        <v>165</v>
       </c>
       <c r="C121" t="s">
-        <v>163</v>
+        <v>458</v>
       </c>
       <c r="D121" t="s">
-        <v>442</v>
+        <v>459</v>
       </c>
       <c r="E121" t="s">
-        <v>443</v>
+        <v>460</v>
       </c>
       <c r="F121" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G121" t="s">
-        <v>444</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>461</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
-        <v>445</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B122" t="s">
+        <v>78</v>
       </c>
       <c r="C122" t="s">
-        <v>83</v>
+        <v>462</v>
       </c>
       <c r="D122" t="s">
-        <v>446</v>
+        <v>463</v>
       </c>
       <c r="E122" t="s">
-        <v>447</v>
+        <v>464</v>
       </c>
       <c r="F122" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-        <v>449</v>
+        <v>465</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
-        <v>450</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B123" t="s">
+        <v>78</v>
       </c>
       <c r="C123" t="s">
-        <v>83</v>
+        <v>466</v>
       </c>
       <c r="D123" t="s">
-        <v>451</v>
+        <v>467</v>
       </c>
       <c r="E123" t="s">
-        <v>452</v>
+        <v>464</v>
       </c>
       <c r="F123" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-        <v>449</v>
+        <v>465</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
-        <v>453</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B124" t="s">
+        <v>78</v>
       </c>
       <c r="C124" t="s">
-        <v>83</v>
+        <v>468</v>
       </c>
       <c r="D124" t="s">
-        <v>454</v>
+        <v>469</v>
       </c>
       <c r="E124" t="s">
-        <v>455</v>
+        <v>470</v>
       </c>
       <c r="F124" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-        <v>449</v>
+        <v>465</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>9</v>
+      </c>
+      <c r="B125" t="s">
+        <v>78</v>
       </c>
       <c r="C125" t="s">
-        <v>83</v>
+        <v>471</v>
       </c>
       <c r="D125" t="s">
-        <v>457</v>
+        <v>10</v>
       </c>
       <c r="E125" t="s">
-        <v>11</v>
+        <v>472</v>
       </c>
       <c r="F125" t="s">
-        <v>14</v>
+        <v>473</v>
       </c>
       <c r="G125" t="s">
-        <v>458</v>
-[...5 lines deleted...]
-        <v>84</v>
+        <v>474</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
-        <v>460</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B126" t="s">
+        <v>170</v>
       </c>
       <c r="C126" t="s">
-        <v>168</v>
+        <v>475</v>
       </c>
       <c r="D126" t="s">
-        <v>461</v>
+        <v>346</v>
       </c>
       <c r="E126" t="s">
-        <v>329</v>
+        <v>476</v>
       </c>
       <c r="F126" t="s">
-        <v>14</v>
+        <v>348</v>
       </c>
       <c r="G126" t="s">
-        <v>462</v>
-[...2 lines deleted...]
-        <v>331</v>
+        <v>477</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
-        <v>397</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B127" t="s">
+        <v>340</v>
       </c>
       <c r="C127" t="s">
-        <v>323</v>
+        <v>478</v>
       </c>
       <c r="D127" t="s">
-        <v>463</v>
+        <v>346</v>
       </c>
       <c r="E127" t="s">
-        <v>329</v>
+        <v>479</v>
       </c>
       <c r="F127" t="s">
-        <v>14</v>
+        <v>348</v>
       </c>
       <c r="G127" t="s">
-        <v>464</v>
-[...2 lines deleted...]
-        <v>331</v>
+        <v>418</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
-        <v>465</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B128" t="s">
+        <v>480</v>
       </c>
       <c r="C128" t="s">
-        <v>466</v>
+        <v>481</v>
       </c>
       <c r="D128" t="s">
-        <v>467</v>
+        <v>482</v>
       </c>
       <c r="E128" t="s">
-        <v>468</v>
+        <v>483</v>
       </c>
       <c r="F128" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G128" t="s">
-        <v>469</v>
-[...5 lines deleted...]
-        <v>467</v>
+        <v>484</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
-        <v>465</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>9</v>
+      </c>
+      <c r="B129" t="s">
+        <v>480</v>
       </c>
       <c r="C129" t="s">
-        <v>466</v>
+        <v>485</v>
       </c>
       <c r="D129" t="s">
-        <v>470</v>
+        <v>486</v>
       </c>
       <c r="E129" t="s">
-        <v>471</v>
+        <v>487</v>
       </c>
       <c r="F129" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G129" t="s">
-        <v>472</v>
-[...5 lines deleted...]
-        <v>467</v>
+        <v>488</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
-        <v>465</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>9</v>
+      </c>
+      <c r="B130" t="s">
+        <v>480</v>
       </c>
       <c r="C130" t="s">
-        <v>466</v>
+        <v>489</v>
       </c>
       <c r="D130" t="s">
-        <v>473</v>
+        <v>490</v>
       </c>
       <c r="E130" t="s">
-        <v>474</v>
+        <v>491</v>
       </c>
       <c r="F130" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G130" t="s">
-        <v>475</v>
-[...5 lines deleted...]
-        <v>467</v>
+        <v>492</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
-        <v>465</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>9</v>
+      </c>
+      <c r="B131" t="s">
+        <v>480</v>
       </c>
       <c r="C131" t="s">
-        <v>466</v>
+        <v>493</v>
       </c>
       <c r="D131" t="s">
-        <v>476</v>
+        <v>494</v>
       </c>
       <c r="E131" t="s">
-        <v>477</v>
+        <v>495</v>
       </c>
       <c r="F131" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G131" t="s">
-        <v>478</v>
-[...5 lines deleted...]
-        <v>467</v>
+        <v>496</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
-        <v>479</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B132" t="s">
+        <v>480</v>
       </c>
       <c r="C132" t="s">
-        <v>466</v>
+        <v>497</v>
       </c>
       <c r="D132" t="s">
-        <v>480</v>
+        <v>498</v>
       </c>
       <c r="E132" t="s">
-        <v>481</v>
+        <v>499</v>
       </c>
       <c r="F132" t="s">
-        <v>14</v>
+        <v>500</v>
       </c>
       <c r="G132" t="s">
-        <v>482</v>
-[...5 lines deleted...]
-        <v>480</v>
+        <v>501</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
-        <v>479</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>9</v>
+      </c>
+      <c r="B133" t="s">
+        <v>480</v>
       </c>
       <c r="C133" t="s">
-        <v>466</v>
+        <v>502</v>
       </c>
       <c r="D133" t="s">
-        <v>484</v>
+        <v>264</v>
       </c>
       <c r="E133" t="s">
-        <v>253</v>
+        <v>503</v>
       </c>
       <c r="F133" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G133" t="s">
-        <v>485</v>
-[...5 lines deleted...]
-        <v>480</v>
+        <v>504</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
-        <v>479</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>9</v>
+      </c>
+      <c r="B134" t="s">
+        <v>480</v>
       </c>
       <c r="C134" t="s">
-        <v>466</v>
+        <v>505</v>
       </c>
       <c r="D134" t="s">
-        <v>486</v>
+        <v>506</v>
       </c>
       <c r="E134" t="s">
-        <v>487</v>
+        <v>507</v>
       </c>
       <c r="F134" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G134" t="s">
-        <v>488</v>
-[...5 lines deleted...]
-        <v>480</v>
+        <v>508</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
-        <v>479</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>9</v>
+      </c>
+      <c r="B135" t="s">
+        <v>480</v>
       </c>
       <c r="C135" t="s">
-        <v>466</v>
+        <v>509</v>
       </c>
       <c r="D135" t="s">
-        <v>489</v>
+        <v>510</v>
       </c>
       <c r="E135" t="s">
-        <v>490</v>
+        <v>511</v>
       </c>
       <c r="F135" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G135" t="s">
-        <v>491</v>
-[...5 lines deleted...]
-        <v>480</v>
+        <v>512</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
-        <v>479</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>9</v>
+      </c>
+      <c r="B136" t="s">
+        <v>480</v>
       </c>
       <c r="C136" t="s">
-        <v>466</v>
+        <v>513</v>
       </c>
       <c r="D136" t="s">
-        <v>492</v>
+        <v>514</v>
       </c>
       <c r="E136" t="s">
-        <v>493</v>
+        <v>515</v>
       </c>
       <c r="F136" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G136" t="s">
-        <v>494</v>
-[...5 lines deleted...]
-        <v>480</v>
+        <v>516</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
-        <v>479</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>9</v>
+      </c>
+      <c r="B137" t="s">
+        <v>480</v>
       </c>
       <c r="C137" t="s">
-        <v>466</v>
+        <v>517</v>
       </c>
       <c r="D137" t="s">
-        <v>495</v>
+        <v>518</v>
       </c>
       <c r="E137" t="s">
-        <v>496</v>
+        <v>519</v>
       </c>
       <c r="F137" t="s">
-        <v>14</v>
+        <v>520</v>
       </c>
       <c r="G137" t="s">
-        <v>497</v>
-[...5 lines deleted...]
-        <v>480</v>
+        <v>521</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
-        <v>479</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>9</v>
+      </c>
+      <c r="B138" t="s">
+        <v>480</v>
       </c>
       <c r="C138" t="s">
-        <v>466</v>
+        <v>522</v>
       </c>
       <c r="D138" t="s">
-        <v>499</v>
+        <v>506</v>
       </c>
       <c r="E138" t="s">
-        <v>487</v>
+        <v>523</v>
       </c>
       <c r="F138" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G138" t="s">
-        <v>500</v>
-[...5 lines deleted...]
-        <v>480</v>
+        <v>524</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
-        <v>501</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>9</v>
+      </c>
+      <c r="B139" t="s">
+        <v>480</v>
       </c>
       <c r="C139" t="s">
-        <v>466</v>
+        <v>525</v>
       </c>
       <c r="D139" t="s">
-        <v>502</v>
+        <v>526</v>
       </c>
       <c r="E139" t="s">
-        <v>503</v>
+        <v>527</v>
       </c>
       <c r="F139" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G139" t="s">
-        <v>504</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>528</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s">
-        <v>505</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B140" t="s">
+        <v>480</v>
       </c>
       <c r="C140" t="s">
-        <v>466</v>
+        <v>529</v>
       </c>
       <c r="D140" t="s">
-        <v>506</v>
+        <v>498</v>
       </c>
       <c r="E140" t="s">
-        <v>481</v>
+        <v>530</v>
       </c>
       <c r="F140" t="s">
-        <v>14</v>
+        <v>531</v>
       </c>
       <c r="G140" t="s">
-        <v>507</v>
-[...2 lines deleted...]
-        <v>508</v>
+        <v>532</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s">
-        <v>505</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>9</v>
+      </c>
+      <c r="B141" t="s">
+        <v>480</v>
       </c>
       <c r="C141" t="s">
-        <v>466</v>
+        <v>533</v>
       </c>
       <c r="D141" t="s">
-        <v>509</v>
+        <v>534</v>
       </c>
       <c r="E141" t="s">
-        <v>510</v>
+        <v>535</v>
       </c>
       <c r="F141" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G141" t="s">
-        <v>511</v>
-[...5 lines deleted...]
-        <v>512</v>
+        <v>536</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s">
-        <v>505</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>9</v>
+      </c>
+      <c r="B142" t="s">
+        <v>480</v>
       </c>
       <c r="C142" t="s">
-        <v>466</v>
+        <v>537</v>
       </c>
       <c r="D142" t="s">
-        <v>512</v>
+        <v>498</v>
       </c>
       <c r="E142" t="s">
-        <v>481</v>
+        <v>538</v>
       </c>
       <c r="F142" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G142" t="s">
-        <v>513</v>
-[...5 lines deleted...]
-        <v>512</v>
+        <v>539</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s">
-        <v>514</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>9</v>
+      </c>
+      <c r="B143" t="s">
+        <v>480</v>
       </c>
       <c r="C143" t="s">
-        <v>466</v>
+        <v>540</v>
       </c>
       <c r="D143" t="s">
-        <v>515</v>
+        <v>541</v>
       </c>
       <c r="E143" t="s">
-        <v>516</v>
+        <v>542</v>
       </c>
       <c r="F143" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G143" t="s">
-        <v>517</v>
-[...5 lines deleted...]
-        <v>518</v>
+        <v>543</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s">
-        <v>514</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>9</v>
+      </c>
+      <c r="B144" t="s">
+        <v>480</v>
       </c>
       <c r="C144" t="s">
-        <v>466</v>
+        <v>544</v>
       </c>
       <c r="D144" t="s">
-        <v>518</v>
+        <v>545</v>
       </c>
       <c r="E144" t="s">
-        <v>519</v>
+        <v>542</v>
       </c>
       <c r="F144" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G144" t="s">
-        <v>517</v>
-[...5 lines deleted...]
-        <v>518</v>
+        <v>546</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s">
-        <v>520</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>9</v>
+      </c>
+      <c r="B145" t="s">
+        <v>480</v>
       </c>
       <c r="C145" t="s">
-        <v>466</v>
+        <v>547</v>
       </c>
       <c r="D145" t="s">
-        <v>521</v>
+        <v>548</v>
       </c>
       <c r="E145" t="s">
-        <v>522</v>
+        <v>549</v>
       </c>
       <c r="F145" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G145" t="s">
-        <v>523</v>
-[...5 lines deleted...]
-        <v>524</v>
+        <v>550</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s">
-        <v>520</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>9</v>
+      </c>
+      <c r="B146" t="s">
+        <v>480</v>
       </c>
       <c r="C146" t="s">
-        <v>466</v>
+        <v>551</v>
       </c>
       <c r="D146" t="s">
-        <v>525</v>
+        <v>552</v>
       </c>
       <c r="E146" t="s">
-        <v>526</v>
+        <v>549</v>
       </c>
       <c r="F146" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G146" t="s">
-        <v>523</v>
-[...5 lines deleted...]
-        <v>524</v>
+        <v>553</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s">
-        <v>527</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>9</v>
+      </c>
+      <c r="B147" t="s">
+        <v>554</v>
       </c>
       <c r="C147" t="s">
-        <v>528</v>
+        <v>555</v>
       </c>
       <c r="D147" t="s">
-        <v>529</v>
+        <v>556</v>
       </c>
       <c r="E147" t="s">
-        <v>530</v>
+        <v>557</v>
       </c>
       <c r="F147" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G147" t="s">
-        <v>531</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>558</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s">
-        <v>527</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>9</v>
+      </c>
+      <c r="B148" t="s">
+        <v>554</v>
       </c>
       <c r="C148" t="s">
-        <v>528</v>
+        <v>559</v>
       </c>
       <c r="D148" t="s">
-        <v>532</v>
+        <v>556</v>
       </c>
       <c r="E148" t="s">
-        <v>530</v>
+        <v>560</v>
       </c>
       <c r="F148" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G148" t="s">
-        <v>533</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>561</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s">
-        <v>527</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>9</v>
+      </c>
+      <c r="B149" t="s">
+        <v>554</v>
       </c>
       <c r="C149" t="s">
-        <v>528</v>
+        <v>562</v>
       </c>
       <c r="D149" t="s">
-        <v>534</v>
+        <v>556</v>
       </c>
       <c r="E149" t="s">
-        <v>530</v>
+        <v>563</v>
       </c>
       <c r="F149" t="s">
-        <v>14</v>
+        <v>564</v>
       </c>
       <c r="G149" t="s">
-        <v>535</v>
-[...2 lines deleted...]
-        <v>536</v>
+        <v>565</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s">
-        <v>537</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>9</v>
+      </c>
+      <c r="B150" t="s">
+        <v>554</v>
       </c>
       <c r="C150" t="s">
-        <v>528</v>
+        <v>566</v>
       </c>
       <c r="D150" t="s">
-        <v>538</v>
+        <v>567</v>
       </c>
       <c r="E150" t="s">
-        <v>539</v>
+        <v>568</v>
       </c>
       <c r="F150" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G150" t="s">
-        <v>540</v>
-[...5 lines deleted...]
-        <v>541</v>
+        <v>569</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="s">
-        <v>537</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>9</v>
+      </c>
+      <c r="B151" t="s">
+        <v>554</v>
       </c>
       <c r="C151" t="s">
-        <v>528</v>
+        <v>570</v>
       </c>
       <c r="D151" t="s">
-        <v>542</v>
+        <v>556</v>
       </c>
       <c r="E151" t="s">
-        <v>530</v>
+        <v>568</v>
       </c>
       <c r="F151" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G151" t="s">
-        <v>540</v>
-[...5 lines deleted...]
-        <v>541</v>
+        <v>571</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="s">
-        <v>527</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>9</v>
+      </c>
+      <c r="B152" t="s">
+        <v>554</v>
       </c>
       <c r="C152" t="s">
-        <v>528</v>
+        <v>572</v>
       </c>
       <c r="D152" t="s">
-        <v>543</v>
+        <v>556</v>
       </c>
       <c r="E152" t="s">
-        <v>530</v>
+        <v>573</v>
       </c>
       <c r="F152" t="s">
-        <v>14</v>
+        <v>574</v>
       </c>
       <c r="G152" t="s">
-        <v>544</v>
-[...2 lines deleted...]
-        <v>545</v>
+        <v>575</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s">
-        <v>546</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B153" t="s">
+        <v>554</v>
       </c>
       <c r="C153" t="s">
-        <v>528</v>
+        <v>576</v>
       </c>
       <c r="D153" t="s">
-        <v>547</v>
+        <v>577</v>
       </c>
       <c r="E153" t="s">
-        <v>548</v>
+        <v>578</v>
       </c>
       <c r="F153" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G153" t="s">
-        <v>549</v>
-[...5 lines deleted...]
-        <v>547</v>
+        <v>579</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s">
-        <v>546</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>9</v>
+      </c>
+      <c r="B154" t="s">
+        <v>554</v>
       </c>
       <c r="C154" t="s">
-        <v>528</v>
+        <v>580</v>
       </c>
       <c r="D154" t="s">
-        <v>550</v>
+        <v>581</v>
       </c>
       <c r="E154" t="s">
-        <v>551</v>
+        <v>582</v>
       </c>
       <c r="F154" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G154" t="s">
-        <v>552</v>
-[...5 lines deleted...]
-        <v>547</v>
+        <v>583</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s">
-        <v>546</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>9</v>
+      </c>
+      <c r="B155" t="s">
+        <v>554</v>
       </c>
       <c r="C155" t="s">
-        <v>528</v>
+        <v>584</v>
       </c>
       <c r="D155" t="s">
-        <v>553</v>
+        <v>585</v>
       </c>
       <c r="E155" t="s">
-        <v>554</v>
+        <v>582</v>
       </c>
       <c r="F155" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G155" t="s">
-        <v>552</v>
-[...5 lines deleted...]
-        <v>547</v>
+        <v>586</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s">
-        <v>555</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B156" t="s">
+        <v>554</v>
       </c>
       <c r="C156" t="s">
-        <v>528</v>
+        <v>587</v>
       </c>
       <c r="D156" t="s">
-        <v>556</v>
+        <v>588</v>
       </c>
       <c r="E156" t="s">
-        <v>557</v>
+        <v>589</v>
       </c>
       <c r="F156" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G156" t="s">
-        <v>558</v>
-[...5 lines deleted...]
-        <v>556</v>
+        <v>590</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s">
-        <v>555</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>9</v>
+      </c>
+      <c r="B157" t="s">
+        <v>554</v>
       </c>
       <c r="C157" t="s">
-        <v>528</v>
+        <v>591</v>
       </c>
       <c r="D157" t="s">
-        <v>559</v>
+        <v>592</v>
       </c>
       <c r="E157" t="s">
-        <v>560</v>
+        <v>589</v>
       </c>
       <c r="F157" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G157" t="s">
-        <v>558</v>
-[...5 lines deleted...]
-        <v>556</v>
+        <v>593</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s">
-        <v>555</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>9</v>
+      </c>
+      <c r="B158" t="s">
+        <v>554</v>
       </c>
       <c r="C158" t="s">
-        <v>528</v>
+        <v>594</v>
       </c>
       <c r="D158" t="s">
-        <v>561</v>
+        <v>588</v>
       </c>
       <c r="E158" t="s">
-        <v>557</v>
+        <v>595</v>
       </c>
       <c r="F158" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G158" t="s">
-        <v>562</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>596</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="s">
-        <v>563</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B159" t="s">
+        <v>554</v>
       </c>
       <c r="C159" t="s">
-        <v>528</v>
+        <v>597</v>
       </c>
       <c r="D159" t="s">
-        <v>564</v>
+        <v>598</v>
       </c>
       <c r="E159" t="s">
-        <v>565</v>
+        <v>599</v>
       </c>
       <c r="F159" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G159" t="s">
-        <v>566</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>600</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="s">
-        <v>563</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>9</v>
+      </c>
+      <c r="B160" t="s">
+        <v>554</v>
       </c>
       <c r="C160" t="s">
-        <v>528</v>
+        <v>601</v>
       </c>
       <c r="D160" t="s">
-        <v>567</v>
+        <v>598</v>
       </c>
       <c r="E160" t="s">
-        <v>565</v>
+        <v>602</v>
       </c>
       <c r="F160" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G160" t="s">
-        <v>568</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>603</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="s">
-        <v>563</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>9</v>
+      </c>
+      <c r="B161" t="s">
+        <v>554</v>
       </c>
       <c r="C161" t="s">
-        <v>528</v>
+        <v>604</v>
       </c>
       <c r="D161" t="s">
-        <v>569</v>
+        <v>598</v>
       </c>
       <c r="E161" t="s">
-        <v>565</v>
+        <v>598</v>
       </c>
       <c r="F161" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G161" t="s">
-        <v>565</v>
-[...5 lines deleted...]
-        <v>569</v>
+        <v>605</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="s">
-        <v>563</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>9</v>
+      </c>
+      <c r="B162" t="s">
+        <v>554</v>
       </c>
       <c r="C162" t="s">
-        <v>528</v>
+        <v>606</v>
       </c>
       <c r="D162" t="s">
-        <v>570</v>
+        <v>607</v>
       </c>
       <c r="E162" t="s">
-        <v>571</v>
+        <v>598</v>
       </c>
       <c r="F162" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G162" t="s">
-        <v>565</v>
-[...5 lines deleted...]
-        <v>569</v>
+        <v>608</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="s">
-        <v>572</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>9</v>
+      </c>
+      <c r="B163" t="s">
+        <v>554</v>
       </c>
       <c r="C163" t="s">
-        <v>528</v>
+        <v>609</v>
       </c>
       <c r="D163" t="s">
-        <v>573</v>
+        <v>610</v>
       </c>
       <c r="E163" t="s">
-        <v>574</v>
+        <v>611</v>
       </c>
       <c r="F163" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G163" t="s">
-        <v>575</v>
-[...5 lines deleted...]
-        <v>576</v>
+        <v>612</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="s">
-        <v>572</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B164" t="s">
+        <v>554</v>
       </c>
       <c r="C164" t="s">
-        <v>528</v>
+        <v>613</v>
       </c>
       <c r="D164" t="s">
-        <v>576</v>
+        <v>598</v>
       </c>
       <c r="E164" t="s">
-        <v>565</v>
+        <v>611</v>
       </c>
       <c r="F164" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G164" t="s">
-        <v>575</v>
-[...5 lines deleted...]
-        <v>576</v>
+        <v>614</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="s">
-        <v>577</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>9</v>
+      </c>
+      <c r="B165" t="s">
+        <v>480</v>
       </c>
       <c r="C165" t="s">
-        <v>466</v>
+        <v>615</v>
       </c>
       <c r="D165" t="s">
-        <v>578</v>
+        <v>616</v>
       </c>
       <c r="E165" t="s">
-        <v>579</v>
+        <v>617</v>
       </c>
       <c r="F165" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G165" t="s">
-        <v>580</v>
-[...5 lines deleted...]
-        <v>581</v>
+        <v>618</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="s">
-        <v>577</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B166" t="s">
+        <v>480</v>
       </c>
       <c r="C166" t="s">
-        <v>466</v>
+        <v>619</v>
       </c>
       <c r="D166" t="s">
-        <v>581</v>
+        <v>498</v>
       </c>
       <c r="E166" t="s">
-        <v>481</v>
+        <v>620</v>
       </c>
       <c r="F166" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G166" t="s">
-        <v>582</v>
-[...5 lines deleted...]
-        <v>581</v>
+        <v>621</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="s">
-        <v>577</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>9</v>
+      </c>
+      <c r="B167" t="s">
+        <v>480</v>
       </c>
       <c r="C167" t="s">
-        <v>466</v>
+        <v>622</v>
       </c>
       <c r="D167" t="s">
-        <v>583</v>
+        <v>623</v>
       </c>
       <c r="E167" t="s">
-        <v>584</v>
+        <v>624</v>
       </c>
       <c r="F167" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G167" t="s">
-        <v>585</v>
-[...5 lines deleted...]
-        <v>581</v>
+        <v>625</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="s">
-        <v>577</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>9</v>
+      </c>
+      <c r="B168" t="s">
+        <v>480</v>
       </c>
       <c r="C168" t="s">
-        <v>466</v>
+        <v>626</v>
       </c>
       <c r="D168" t="s">
-        <v>586</v>
+        <v>627</v>
       </c>
       <c r="E168" t="s">
-        <v>587</v>
+        <v>628</v>
       </c>
       <c r="F168" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G168" t="s">
-        <v>588</v>
-[...5 lines deleted...]
-        <v>581</v>
+        <v>629</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="s">
-        <v>577</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>9</v>
+      </c>
+      <c r="B169" t="s">
+        <v>480</v>
       </c>
       <c r="C169" t="s">
-        <v>466</v>
+        <v>630</v>
       </c>
       <c r="D169" t="s">
-        <v>589</v>
+        <v>631</v>
       </c>
       <c r="E169" t="s">
-        <v>590</v>
+        <v>632</v>
       </c>
       <c r="F169" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G169" t="s">
-        <v>591</v>
-[...5 lines deleted...]
-        <v>581</v>
+        <v>633</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="s">
-        <v>592</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>9</v>
+      </c>
+      <c r="B170" t="s">
+        <v>554</v>
       </c>
       <c r="C170" t="s">
-        <v>528</v>
+        <v>634</v>
       </c>
       <c r="D170" t="s">
-        <v>593</v>
+        <v>635</v>
       </c>
       <c r="E170" t="s">
-        <v>594</v>
+        <v>636</v>
       </c>
       <c r="F170" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G170" t="s">
-        <v>595</v>
-[...5 lines deleted...]
-        <v>596</v>
+        <v>637</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="s">
-        <v>592</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B171" t="s">
+        <v>554</v>
       </c>
       <c r="C171" t="s">
-        <v>528</v>
+        <v>638</v>
       </c>
       <c r="D171" t="s">
-        <v>596</v>
+        <v>554</v>
       </c>
       <c r="E171" t="s">
-        <v>528</v>
+        <v>639</v>
       </c>
       <c r="F171" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G171" t="s">
-        <v>597</v>
-[...5 lines deleted...]
-        <v>596</v>
+        <v>640</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B172" t="s">
+        <v>480</v>
       </c>
       <c r="C172" t="s">
-        <v>466</v>
+        <v>641</v>
       </c>
       <c r="D172" t="s">
-        <v>599</v>
+        <v>642</v>
       </c>
       <c r="E172" t="s">
-        <v>600</v>
+        <v>643</v>
       </c>
       <c r="F172" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G172" t="s">
-        <v>601</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>644</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>9</v>
+      </c>
+      <c r="B173" t="s">
+        <v>480</v>
       </c>
       <c r="C173" t="s">
-        <v>466</v>
+        <v>645</v>
       </c>
       <c r="D173" t="s">
-        <v>603</v>
+        <v>646</v>
       </c>
       <c r="E173" t="s">
-        <v>604</v>
+        <v>647</v>
       </c>
       <c r="F173" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G173" t="s">
-        <v>605</v>
-[...5 lines deleted...]
-        <v>606</v>
+        <v>648</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>9</v>
+      </c>
+      <c r="B174" t="s">
+        <v>480</v>
       </c>
       <c r="C174" t="s">
-        <v>466</v>
+        <v>649</v>
       </c>
       <c r="D174" t="s">
-        <v>607</v>
+        <v>650</v>
       </c>
       <c r="E174" t="s">
-        <v>608</v>
+        <v>651</v>
       </c>
       <c r="F174" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G174" t="s">
-        <v>609</v>
-[...5 lines deleted...]
-        <v>606</v>
+        <v>652</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>9</v>
+      </c>
+      <c r="B175" t="s">
+        <v>480</v>
       </c>
       <c r="C175" t="s">
-        <v>466</v>
+        <v>653</v>
       </c>
       <c r="D175" t="s">
-        <v>610</v>
+        <v>654</v>
       </c>
       <c r="E175" t="s">
-        <v>611</v>
+        <v>655</v>
       </c>
       <c r="F175" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G175" t="s">
-        <v>612</v>
-[...5 lines deleted...]
-        <v>606</v>
+        <v>656</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>9</v>
+      </c>
+      <c r="B176" t="s">
+        <v>480</v>
       </c>
       <c r="C176" t="s">
-        <v>466</v>
+        <v>657</v>
       </c>
       <c r="D176" t="s">
-        <v>613</v>
+        <v>658</v>
       </c>
       <c r="E176" t="s">
-        <v>614</v>
+        <v>659</v>
       </c>
       <c r="F176" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G176" t="s">
-        <v>615</v>
-[...5 lines deleted...]
-        <v>606</v>
+        <v>660</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="s">
-        <v>616</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B177" t="s">
+        <v>480</v>
       </c>
       <c r="C177" t="s">
-        <v>466</v>
+        <v>661</v>
       </c>
       <c r="D177" t="s">
-        <v>617</v>
+        <v>623</v>
       </c>
       <c r="E177" t="s">
-        <v>584</v>
+        <v>662</v>
       </c>
       <c r="F177" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G177" t="s">
-        <v>618</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>663</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="s">
-        <v>619</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B178" t="s">
+        <v>554</v>
       </c>
       <c r="C178" t="s">
-        <v>528</v>
+        <v>664</v>
       </c>
       <c r="D178" t="s">
-        <v>620</v>
+        <v>665</v>
       </c>
       <c r="E178" t="s">
-        <v>621</v>
+        <v>666</v>
       </c>
       <c r="F178" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G178" t="s">
-        <v>622</v>
-[...5 lines deleted...]
-        <v>620</v>
+        <v>667</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="s">
-        <v>619</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>9</v>
+      </c>
+      <c r="B179" t="s">
+        <v>554</v>
       </c>
       <c r="C179" t="s">
-        <v>528</v>
+        <v>668</v>
       </c>
       <c r="D179" t="s">
-        <v>623</v>
+        <v>669</v>
       </c>
       <c r="E179" t="s">
-        <v>624</v>
+        <v>666</v>
       </c>
       <c r="F179" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G179" t="s">
-        <v>622</v>
-[...5 lines deleted...]
-        <v>620</v>
+        <v>670</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="s">
-        <v>625</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B180" t="s">
+        <v>480</v>
       </c>
       <c r="C180" t="s">
-        <v>466</v>
+        <v>671</v>
       </c>
       <c r="D180" t="s">
-        <v>626</v>
+        <v>672</v>
       </c>
       <c r="E180" t="s">
-        <v>627</v>
+        <v>673</v>
       </c>
       <c r="F180" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G180" t="s">
-        <v>628</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>674</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="s">
-        <v>625</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>9</v>
+      </c>
+      <c r="B181" t="s">
+        <v>480</v>
       </c>
       <c r="C181" t="s">
-        <v>466</v>
+        <v>675</v>
       </c>
       <c r="D181" t="s">
-        <v>629</v>
+        <v>672</v>
       </c>
       <c r="E181" t="s">
-        <v>627</v>
+        <v>676</v>
       </c>
       <c r="F181" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G181" t="s">
-        <v>630</v>
-[...5 lines deleted...]
-        <v>629</v>
+        <v>677</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="s">
-        <v>625</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>9</v>
+      </c>
+      <c r="B182" t="s">
+        <v>480</v>
       </c>
       <c r="C182" t="s">
-        <v>466</v>
+        <v>678</v>
       </c>
       <c r="D182" t="s">
-        <v>631</v>
+        <v>679</v>
       </c>
       <c r="E182" t="s">
-        <v>632</v>
+        <v>676</v>
       </c>
       <c r="F182" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G182" t="s">
-        <v>630</v>
-[...5 lines deleted...]
-        <v>629</v>
+        <v>680</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="s">
-        <v>633</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B183" t="s">
+        <v>480</v>
       </c>
       <c r="C183" t="s">
-        <v>466</v>
+        <v>681</v>
       </c>
       <c r="D183" t="s">
-        <v>634</v>
+        <v>682</v>
       </c>
       <c r="E183" t="s">
-        <v>635</v>
+        <v>683</v>
       </c>
       <c r="F183" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G183" t="s">
-        <v>636</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>684</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="s">
-        <v>637</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>9</v>
+      </c>
+      <c r="B184" t="s">
+        <v>480</v>
       </c>
       <c r="C184" t="s">
-        <v>466</v>
+        <v>685</v>
       </c>
       <c r="D184" t="s">
-        <v>638</v>
+        <v>686</v>
       </c>
       <c r="E184" t="s">
-        <v>639</v>
+        <v>687</v>
       </c>
       <c r="F184" t="s">
-        <v>14</v>
+        <v>688</v>
       </c>
       <c r="G184" t="s">
-        <v>640</v>
-[...5 lines deleted...]
-        <v>642</v>
+        <v>689</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="s">
-        <v>637</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>9</v>
+      </c>
+      <c r="B185" t="s">
+        <v>480</v>
       </c>
       <c r="C185" t="s">
-        <v>466</v>
+        <v>690</v>
       </c>
       <c r="D185" t="s">
-        <v>643</v>
+        <v>691</v>
       </c>
       <c r="E185" t="s">
-        <v>644</v>
+        <v>692</v>
       </c>
       <c r="F185" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G185" t="s">
-        <v>645</v>
-[...5 lines deleted...]
-        <v>642</v>
+        <v>693</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="s">
-        <v>514</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B186" t="s">
+        <v>480</v>
       </c>
       <c r="C186" t="s">
-        <v>466</v>
+        <v>694</v>
       </c>
       <c r="D186" t="s">
-        <v>646</v>
+        <v>545</v>
       </c>
       <c r="E186" t="s">
-        <v>519</v>
+        <v>695</v>
       </c>
       <c r="F186" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G186" t="s">
-        <v>647</v>
-[...5 lines deleted...]
-        <v>646</v>
+        <v>696</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="s">
-        <v>514</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>9</v>
+      </c>
+      <c r="B187" t="s">
+        <v>480</v>
       </c>
       <c r="C187" t="s">
-        <v>466</v>
+        <v>697</v>
       </c>
       <c r="D187" t="s">
-        <v>648</v>
+        <v>698</v>
       </c>
       <c r="E187" t="s">
-        <v>649</v>
+        <v>699</v>
       </c>
       <c r="F187" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G187" t="s">
-        <v>650</v>
-[...5 lines deleted...]
-        <v>646</v>
+        <v>700</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="s">
-        <v>537</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>9</v>
+      </c>
+      <c r="B188" t="s">
+        <v>554</v>
       </c>
       <c r="C188" t="s">
-        <v>528</v>
+        <v>701</v>
       </c>
       <c r="D188" t="s">
-        <v>651</v>
+        <v>702</v>
       </c>
       <c r="E188" t="s">
-        <v>652</v>
+        <v>703</v>
       </c>
       <c r="F188" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G188" t="s">
-        <v>653</v>
-[...5 lines deleted...]
-        <v>541</v>
+        <v>704</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="s">
-        <v>537</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>9</v>
+      </c>
+      <c r="B189" t="s">
+        <v>554</v>
       </c>
       <c r="C189" t="s">
-        <v>528</v>
+        <v>705</v>
       </c>
       <c r="D189" t="s">
-        <v>654</v>
+        <v>706</v>
       </c>
       <c r="E189" t="s">
-        <v>655</v>
+        <v>707</v>
       </c>
       <c r="F189" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G189" t="s">
-        <v>656</v>
-[...5 lines deleted...]
-        <v>541</v>
+        <v>708</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="s">
-        <v>657</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>9</v>
+      </c>
+      <c r="B190" t="s">
+        <v>480</v>
       </c>
       <c r="C190" t="s">
-        <v>466</v>
+        <v>709</v>
       </c>
       <c r="D190" t="s">
-        <v>658</v>
+        <v>710</v>
       </c>
       <c r="E190" t="s">
-        <v>659</v>
+        <v>711</v>
       </c>
       <c r="F190" t="s">
-        <v>14</v>
+        <v>137</v>
       </c>
       <c r="G190" t="s">
-        <v>660</v>
-[...5 lines deleted...]
-        <v>661</v>
+        <v>712</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="s">
-        <v>657</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>9</v>
+      </c>
+      <c r="B191" t="s">
+        <v>480</v>
       </c>
       <c r="C191" t="s">
-        <v>466</v>
+        <v>713</v>
       </c>
       <c r="D191" t="s">
-        <v>662</v>
+        <v>714</v>
       </c>
       <c r="E191" t="s">
-        <v>663</v>
+        <v>715</v>
       </c>
       <c r="F191" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G191" t="s">
-        <v>664</v>
-[...5 lines deleted...]
-        <v>661</v>
+        <v>716</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="s">
-        <v>665</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B192" t="s">
+        <v>480</v>
       </c>
       <c r="C192" t="s">
-        <v>466</v>
+        <v>717</v>
       </c>
       <c r="D192" t="s">
-        <v>666</v>
+        <v>718</v>
       </c>
       <c r="E192" t="s">
-        <v>667</v>
+        <v>719</v>
       </c>
       <c r="F192" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G192" t="s">
-        <v>668</v>
-[...5 lines deleted...]
-        <v>666</v>
+        <v>720</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="s">
-        <v>669</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B193" t="s">
+        <v>480</v>
       </c>
       <c r="C193" t="s">
-        <v>466</v>
+        <v>721</v>
       </c>
       <c r="D193" t="s">
-        <v>670</v>
+        <v>722</v>
       </c>
       <c r="E193" t="s">
-        <v>671</v>
+        <v>723</v>
       </c>
       <c r="F193" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G193" t="s">
-        <v>672</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>724</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="s">
-        <v>673</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B194" t="s">
+        <v>480</v>
       </c>
       <c r="C194" t="s">
-        <v>466</v>
+        <v>725</v>
       </c>
       <c r="D194" t="s">
-        <v>674</v>
+        <v>726</v>
       </c>
       <c r="E194" t="s">
-        <v>675</v>
+        <v>727</v>
       </c>
       <c r="F194" t="s">
-        <v>14</v>
+        <v>728</v>
       </c>
       <c r="G194" t="s">
-        <v>676</v>
-[...2 lines deleted...]
-        <v>677</v>
+        <v>729</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="s">
-        <v>501</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>9</v>
+      </c>
+      <c r="B195" t="s">
+        <v>480</v>
       </c>
       <c r="C195" t="s">
-        <v>466</v>
+        <v>730</v>
       </c>
       <c r="D195" t="s">
-        <v>678</v>
+        <v>731</v>
       </c>
       <c r="E195" t="s">
-        <v>679</v>
+        <v>732</v>
       </c>
       <c r="F195" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G195" t="s">
-        <v>680</v>
-[...5 lines deleted...]
-        <v>681</v>
+        <v>733</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="s">
-        <v>682</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B196" t="s">
+        <v>554</v>
       </c>
       <c r="C196" t="s">
-        <v>528</v>
+        <v>734</v>
       </c>
       <c r="D196" t="s">
-        <v>683</v>
+        <v>598</v>
       </c>
       <c r="E196" t="s">
-        <v>565</v>
+        <v>735</v>
       </c>
       <c r="F196" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G196" t="s">
-        <v>684</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>736</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="s">
-        <v>685</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B197" t="s">
+        <v>554</v>
       </c>
       <c r="C197" t="s">
-        <v>528</v>
+        <v>737</v>
       </c>
       <c r="D197" t="s">
-        <v>686</v>
+        <v>738</v>
       </c>
       <c r="E197" t="s">
-        <v>687</v>
+        <v>739</v>
       </c>
       <c r="F197" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G197" t="s">
-        <v>688</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>740</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="s">
-        <v>689</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>9</v>
+      </c>
+      <c r="B198" t="s">
+        <v>480</v>
       </c>
       <c r="C198" t="s">
-        <v>466</v>
+        <v>741</v>
       </c>
       <c r="D198" t="s">
-        <v>690</v>
+        <v>682</v>
       </c>
       <c r="E198" t="s">
-        <v>635</v>
+        <v>742</v>
       </c>
       <c r="F198" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G198" t="s">
-        <v>691</v>
-[...5 lines deleted...]
-        <v>692</v>
+        <v>743</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="s">
-        <v>693</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B199" t="s">
+        <v>480</v>
       </c>
       <c r="C199" t="s">
-        <v>466</v>
+        <v>744</v>
       </c>
       <c r="D199" t="s">
-        <v>694</v>
+        <v>745</v>
       </c>
       <c r="E199" t="s">
-        <v>695</v>
+        <v>746</v>
       </c>
       <c r="F199" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G199" t="s">
-        <v>696</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>747</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="s">
-        <v>501</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B200" t="s">
+        <v>480</v>
       </c>
       <c r="C200" t="s">
-        <v>466</v>
+        <v>748</v>
       </c>
       <c r="D200" t="s">
-        <v>681</v>
+        <v>526</v>
       </c>
       <c r="E200" t="s">
-        <v>503</v>
+        <v>749</v>
       </c>
       <c r="F200" t="s">
-        <v>14</v>
+        <v>750</v>
       </c>
       <c r="G200" t="s">
-        <v>697</v>
-[...5 lines deleted...]
-        <v>681</v>
+        <v>751</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="s">
-        <v>699</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B201" t="s">
+        <v>480</v>
       </c>
       <c r="C201" t="s">
-        <v>466</v>
+        <v>752</v>
       </c>
       <c r="D201" t="s">
-        <v>700</v>
+        <v>718</v>
       </c>
       <c r="E201" t="s">
-        <v>667</v>
+        <v>753</v>
       </c>
       <c r="F201" t="s">
-        <v>14</v>
+        <v>137</v>
       </c>
       <c r="G201" t="s">
-        <v>701</v>
-[...2 lines deleted...]
-        <v>137</v>
+        <v>754</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="s">
-        <v>702</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>9</v>
+      </c>
+      <c r="B202" t="s">
+        <v>554</v>
       </c>
       <c r="C202" t="s">
-        <v>528</v>
+        <v>755</v>
       </c>
       <c r="D202" t="s">
-        <v>703</v>
+        <v>756</v>
       </c>
       <c r="E202" t="s">
-        <v>704</v>
+        <v>757</v>
       </c>
       <c r="F202" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G202" t="s">
-        <v>705</v>
-[...5 lines deleted...]
-        <v>706</v>
+        <v>758</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="s">
-        <v>702</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B203" t="s">
+        <v>554</v>
       </c>
       <c r="C203" t="s">
-        <v>528</v>
+        <v>759</v>
       </c>
       <c r="D203" t="s">
-        <v>706</v>
+        <v>592</v>
       </c>
       <c r="E203" t="s">
-        <v>560</v>
+        <v>757</v>
       </c>
       <c r="F203" t="s">
-        <v>14</v>
+        <v>760</v>
       </c>
       <c r="G203" t="s">
-        <v>705</v>
-[...5 lines deleted...]
-        <v>706</v>
+        <v>761</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="s">
-        <v>702</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>9</v>
+      </c>
+      <c r="B204" t="s">
+        <v>554</v>
       </c>
       <c r="C204" t="s">
-        <v>528</v>
+        <v>762</v>
       </c>
       <c r="D204" t="s">
-        <v>708</v>
+        <v>763</v>
       </c>
       <c r="E204" t="s">
-        <v>709</v>
+        <v>757</v>
       </c>
       <c r="F204" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G204" t="s">
-        <v>705</v>
-[...5 lines deleted...]
-        <v>706</v>
+        <v>764</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="s">
-        <v>563</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>9</v>
+      </c>
+      <c r="B205" t="s">
+        <v>554</v>
       </c>
       <c r="C205" t="s">
-        <v>528</v>
+        <v>765</v>
       </c>
       <c r="D205" t="s">
-        <v>710</v>
+        <v>766</v>
       </c>
       <c r="E205" t="s">
-        <v>711</v>
+        <v>767</v>
       </c>
       <c r="F205" t="s">
         <v>14</v>
       </c>
-      <c r="G205" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="206">
       <c r="A206" t="s">
-        <v>563</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>9</v>
+      </c>
+      <c r="B206" t="s">
+        <v>554</v>
       </c>
       <c r="C206" t="s">
-        <v>528</v>
+        <v>768</v>
       </c>
       <c r="D206" t="s">
-        <v>713</v>
+        <v>598</v>
       </c>
       <c r="E206" t="s">
-        <v>565</v>
+        <v>767</v>
       </c>
       <c r="F206" t="s">
         <v>14</v>
       </c>
-      <c r="G206" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="207">
       <c r="A207" t="s">
-        <v>714</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B207" t="s">
+        <v>554</v>
       </c>
       <c r="C207" t="s">
-        <v>528</v>
+        <v>769</v>
       </c>
       <c r="D207" t="s">
-        <v>715</v>
+        <v>702</v>
       </c>
       <c r="E207" t="s">
-        <v>652</v>
+        <v>770</v>
       </c>
       <c r="F207" t="s">
-        <v>14</v>
+        <v>771</v>
       </c>
       <c r="G207" t="s">
-        <v>716</v>
-[...2 lines deleted...]
-        <v>717</v>
+        <v>772</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="s">
-        <v>714</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>9</v>
+      </c>
+      <c r="B208" t="s">
+        <v>554</v>
       </c>
       <c r="C208" t="s">
-        <v>528</v>
+        <v>773</v>
       </c>
       <c r="D208" t="s">
-        <v>718</v>
+        <v>702</v>
       </c>
       <c r="E208" t="s">
-        <v>652</v>
+        <v>774</v>
       </c>
       <c r="F208" t="s">
-        <v>14</v>
+        <v>775</v>
       </c>
       <c r="G208" t="s">
-        <v>719</v>
-[...2 lines deleted...]
-        <v>720</v>
+        <v>776</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="s">
-        <v>527</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B209" t="s">
+        <v>554</v>
       </c>
       <c r="C209" t="s">
-        <v>528</v>
+        <v>777</v>
       </c>
       <c r="D209" t="s">
-        <v>721</v>
+        <v>556</v>
       </c>
       <c r="E209" t="s">
-        <v>530</v>
+        <v>778</v>
       </c>
       <c r="F209" t="s">
-        <v>14</v>
+        <v>779</v>
       </c>
       <c r="G209" t="s">
-        <v>722</v>
-[...2 lines deleted...]
-        <v>723</v>
+        <v>780</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="s">
-        <v>572</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>9</v>
+      </c>
+      <c r="B210" t="s">
+        <v>554</v>
       </c>
       <c r="C210" t="s">
-        <v>528</v>
+        <v>781</v>
       </c>
       <c r="D210" t="s">
-        <v>724</v>
+        <v>738</v>
       </c>
       <c r="E210" t="s">
-        <v>687</v>
+        <v>782</v>
       </c>
       <c r="F210" t="s">
-        <v>14</v>
+        <v>783</v>
       </c>
       <c r="G210" t="s">
-        <v>725</v>
-[...5 lines deleted...]
-        <v>576</v>
+        <v>784</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="s">
-        <v>727</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B211" t="s">
+        <v>554</v>
       </c>
       <c r="C211" t="s">
-        <v>528</v>
+        <v>785</v>
       </c>
       <c r="D211" t="s">
-        <v>728</v>
+        <v>786</v>
       </c>
       <c r="E211" t="s">
-        <v>729</v>
+        <v>787</v>
       </c>
       <c r="F211" t="s">
         <v>14</v>
       </c>
-      <c r="G211" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="212">
       <c r="A212" t="s">
-        <v>731</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B212" t="s">
+        <v>554</v>
       </c>
       <c r="C212" t="s">
-        <v>528</v>
+        <v>788</v>
       </c>
       <c r="D212" t="s">
-        <v>732</v>
+        <v>789</v>
       </c>
       <c r="E212" t="s">
-        <v>733</v>
+        <v>790</v>
       </c>
       <c r="F212" t="s">
-        <v>14</v>
+        <v>791</v>
       </c>
       <c r="G212" t="s">
-        <v>734</v>
-[...2 lines deleted...]
-        <v>735</v>
+        <v>792</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="s">
-        <v>736</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B213" t="s">
+        <v>554</v>
       </c>
       <c r="C213" t="s">
-        <v>528</v>
+        <v>793</v>
       </c>
       <c r="D213" t="s">
-        <v>737</v>
+        <v>706</v>
       </c>
       <c r="E213" t="s">
-        <v>655</v>
+        <v>794</v>
       </c>
       <c r="F213" t="s">
         <v>14</v>
       </c>
-      <c r="G213" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="214">
       <c r="A214" t="s">
-        <v>739</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>9</v>
+      </c>
+      <c r="B214" t="s">
+        <v>480</v>
       </c>
       <c r="C214" t="s">
-        <v>466</v>
+        <v>795</v>
       </c>
       <c r="D214" t="s">
-        <v>740</v>
+        <v>796</v>
       </c>
       <c r="E214" t="s">
-        <v>741</v>
+        <v>797</v>
       </c>
       <c r="F214" t="s">
         <v>14</v>
       </c>
-      <c r="G214" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="215">
       <c r="A215" t="s">
-        <v>739</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B215" t="s">
+        <v>480</v>
       </c>
       <c r="C215" t="s">
-        <v>466</v>
+        <v>798</v>
       </c>
       <c r="D215" t="s">
-        <v>743</v>
+        <v>796</v>
       </c>
       <c r="E215" t="s">
-        <v>741</v>
+        <v>799</v>
       </c>
       <c r="F215" t="s">
         <v>14</v>
       </c>
-      <c r="G215" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="216">
       <c r="A216" t="s">
-        <v>745</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>9</v>
+      </c>
+      <c r="B216" t="s">
+        <v>480</v>
       </c>
       <c r="C216" t="s">
-        <v>466</v>
+        <v>800</v>
       </c>
       <c r="D216" t="s">
-        <v>746</v>
+        <v>801</v>
       </c>
       <c r="E216" t="s">
-        <v>747</v>
+        <v>802</v>
       </c>
       <c r="F216" t="s">
         <v>14</v>
       </c>
-      <c r="G216" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="217">
       <c r="A217" t="s">
-        <v>745</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B217" t="s">
+        <v>480</v>
       </c>
       <c r="C217" t="s">
-        <v>466</v>
+        <v>803</v>
       </c>
       <c r="D217" t="s">
-        <v>749</v>
+        <v>804</v>
       </c>
       <c r="E217" t="s">
-        <v>750</v>
+        <v>805</v>
       </c>
       <c r="F217" t="s">
-        <v>14</v>
+        <v>257</v>
       </c>
       <c r="G217" t="s">
-        <v>751</v>
-[...5 lines deleted...]
-        <v>749</v>
+        <v>806</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="s">
-        <v>665</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>9</v>
+      </c>
+      <c r="B218" t="s">
+        <v>480</v>
       </c>
       <c r="C218" t="s">
-        <v>466</v>
+        <v>807</v>
       </c>
       <c r="D218" t="s">
-        <v>752</v>
+        <v>808</v>
       </c>
       <c r="E218" t="s">
-        <v>753</v>
+        <v>809</v>
       </c>
       <c r="F218" t="s">
         <v>14</v>
       </c>
-      <c r="G218" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="219">
       <c r="A219" t="s">
-        <v>665</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>9</v>
+      </c>
+      <c r="B219" t="s">
+        <v>480</v>
       </c>
       <c r="C219" t="s">
-        <v>466</v>
+        <v>810</v>
       </c>
       <c r="D219" t="s">
-        <v>755</v>
+        <v>811</v>
       </c>
       <c r="E219" t="s">
-        <v>756</v>
+        <v>812</v>
       </c>
       <c r="F219" t="s">
         <v>14</v>
       </c>
-      <c r="G219" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="220">
       <c r="A220" t="s">
-        <v>520</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B220" t="s">
+        <v>480</v>
       </c>
       <c r="C220" t="s">
-        <v>466</v>
+        <v>813</v>
       </c>
       <c r="D220" t="s">
-        <v>524</v>
+        <v>545</v>
       </c>
       <c r="E220" t="s">
-        <v>519</v>
+        <v>814</v>
       </c>
       <c r="F220" t="s">
-        <v>14</v>
+        <v>815</v>
       </c>
       <c r="G220" t="s">
-        <v>758</v>
-[...5 lines deleted...]
-        <v>524</v>
+        <v>816</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="s">
-        <v>760</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>9</v>
+      </c>
+      <c r="B221" t="s">
+        <v>480</v>
       </c>
       <c r="C221" t="s">
-        <v>466</v>
+        <v>817</v>
       </c>
       <c r="D221" t="s">
-        <v>761</v>
+        <v>818</v>
       </c>
       <c r="E221" t="s">
-        <v>762</v>
+        <v>819</v>
       </c>
       <c r="F221" t="s">
         <v>14</v>
       </c>
-      <c r="G221" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="222">
       <c r="A222" t="s">
-        <v>760</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B222" t="s">
+        <v>480</v>
       </c>
       <c r="C222" t="s">
-        <v>466</v>
+        <v>820</v>
       </c>
       <c r="D222" t="s">
-        <v>764</v>
+        <v>821</v>
       </c>
       <c r="E222" t="s">
-        <v>765</v>
+        <v>822</v>
       </c>
       <c r="F222" t="s">
         <v>14</v>
       </c>
-      <c r="G222" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="223">
       <c r="A223" t="s">
-        <v>760</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>9</v>
+      </c>
+      <c r="B223" t="s">
+        <v>480</v>
       </c>
       <c r="C223" t="s">
-        <v>466</v>
+        <v>823</v>
       </c>
       <c r="D223" t="s">
-        <v>767</v>
+        <v>738</v>
       </c>
       <c r="E223" t="s">
-        <v>687</v>
+        <v>824</v>
       </c>
       <c r="F223" t="s">
         <v>14</v>
       </c>
-      <c r="G223" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="224">
       <c r="A224" t="s">
-        <v>760</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>9</v>
+      </c>
+      <c r="B224" t="s">
+        <v>480</v>
       </c>
       <c r="C224" t="s">
-        <v>466</v>
+        <v>825</v>
       </c>
       <c r="D224" t="s">
-        <v>769</v>
+        <v>821</v>
       </c>
       <c r="E224" t="s">
-        <v>765</v>
+        <v>826</v>
       </c>
       <c r="F224" t="s">
         <v>14</v>
       </c>
-      <c r="G224" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="225">
       <c r="A225" t="s">
-        <v>771</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B225" t="s">
+        <v>480</v>
       </c>
       <c r="C225" t="s">
-        <v>466</v>
+        <v>827</v>
       </c>
       <c r="D225" t="s">
-        <v>772</v>
+        <v>264</v>
       </c>
       <c r="E225" t="s">
-        <v>253</v>
+        <v>828</v>
       </c>
       <c r="F225" t="s">
         <v>14</v>
       </c>
-      <c r="G225" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="226">
       <c r="A226" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>9</v>
+      </c>
+      <c r="B226" t="s">
+        <v>480</v>
       </c>
       <c r="C226" t="s">
-        <v>466</v>
+        <v>829</v>
       </c>
       <c r="D226" t="s">
-        <v>774</v>
+        <v>830</v>
       </c>
       <c r="E226" t="s">
-        <v>775</v>
+        <v>831</v>
       </c>
       <c r="F226" t="s">
-        <v>14</v>
+        <v>832</v>
       </c>
       <c r="G226" t="s">
-        <v>776</v>
-[...5 lines deleted...]
-        <v>606</v>
+        <v>833</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="s">
-        <v>637</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>9</v>
+      </c>
+      <c r="B227" t="s">
+        <v>480</v>
       </c>
       <c r="C227" t="s">
-        <v>466</v>
+        <v>834</v>
       </c>
       <c r="D227" t="s">
-        <v>778</v>
+        <v>835</v>
       </c>
       <c r="E227" t="s">
-        <v>779</v>
+        <v>836</v>
       </c>
       <c r="F227" t="s">
         <v>14</v>
       </c>
-      <c r="G227" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="228">
       <c r="A228" t="s">
-        <v>637</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>9</v>
+      </c>
+      <c r="B228" t="s">
+        <v>480</v>
       </c>
       <c r="C228" t="s">
-        <v>466</v>
+        <v>837</v>
       </c>
       <c r="D228" t="s">
-        <v>781</v>
+        <v>838</v>
       </c>
       <c r="E228" t="s">
-        <v>782</v>
+        <v>839</v>
       </c>
       <c r="F228" t="s">
         <v>14</v>
       </c>
-      <c r="G228" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="229">
       <c r="A229" t="s">
-        <v>784</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B229" t="s">
+        <v>480</v>
       </c>
       <c r="C229" t="s">
-        <v>466</v>
+        <v>840</v>
       </c>
       <c r="D229" t="s">
-        <v>785</v>
+        <v>691</v>
       </c>
       <c r="E229" t="s">
-        <v>644</v>
+        <v>841</v>
       </c>
       <c r="F229" t="s">
-        <v>14</v>
+        <v>842</v>
       </c>
       <c r="G229" t="s">
-        <v>786</v>
-[...5 lines deleted...]
-        <v>785</v>
+        <v>843</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="s">
-        <v>689</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B230" t="s">
+        <v>480</v>
       </c>
       <c r="C230" t="s">
-        <v>466</v>
+        <v>844</v>
       </c>
       <c r="D230" t="s">
-        <v>692</v>
+        <v>686</v>
       </c>
       <c r="E230" t="s">
-        <v>639</v>
+        <v>845</v>
       </c>
       <c r="F230" t="s">
-        <v>14</v>
+        <v>846</v>
       </c>
       <c r="G230" t="s">
-        <v>788</v>
-[...5 lines deleted...]
-        <v>692</v>
+        <v>847</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="s">
-        <v>790</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B231" t="s">
+        <v>480</v>
       </c>
       <c r="C231" t="s">
-        <v>466</v>
+        <v>848</v>
       </c>
       <c r="D231" t="s">
-        <v>791</v>
+        <v>849</v>
       </c>
       <c r="E231" t="s">
-        <v>792</v>
+        <v>850</v>
       </c>
       <c r="F231" t="s">
         <v>14</v>
       </c>
-      <c r="G231" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="232">
       <c r="A232" t="s">
-        <v>794</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B232" t="s">
+        <v>480</v>
       </c>
       <c r="C232" t="s">
-        <v>466</v>
+        <v>851</v>
       </c>
       <c r="D232" t="s">
-        <v>795</v>
+        <v>852</v>
       </c>
       <c r="E232" t="s">
-        <v>796</v>
+        <v>853</v>
       </c>
       <c r="F232" t="s">
         <v>14</v>
       </c>
-      <c r="G232" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="233">
       <c r="A233" t="s">
-        <v>798</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B233" t="s">
+        <v>480</v>
       </c>
       <c r="C233" t="s">
-        <v>466</v>
+        <v>854</v>
       </c>
       <c r="D233" t="s">
-        <v>799</v>
+        <v>654</v>
       </c>
       <c r="E233" t="s">
-        <v>611</v>
+        <v>855</v>
       </c>
       <c r="F233" t="s">
         <v>14</v>
       </c>
-      <c r="G233" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="234">
       <c r="A234" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B234" t="s">
+        <v>480</v>
       </c>
       <c r="C234" t="s">
-        <v>466</v>
+        <v>856</v>
       </c>
       <c r="D234" t="s">
-        <v>606</v>
+        <v>498</v>
       </c>
       <c r="E234" t="s">
-        <v>481</v>
+        <v>857</v>
       </c>
       <c r="F234" t="s">
-        <v>14</v>
+        <v>858</v>
       </c>
       <c r="G234" t="s">
-        <v>801</v>
-[...5 lines deleted...]
-        <v>606</v>
+        <v>859</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="s">
-        <v>537</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B235" t="s">
+        <v>554</v>
       </c>
       <c r="C235" t="s">
-        <v>528</v>
+        <v>860</v>
       </c>
       <c r="D235" t="s">
-        <v>541</v>
+        <v>588</v>
       </c>
       <c r="E235" t="s">
-        <v>557</v>
+        <v>861</v>
       </c>
       <c r="F235" t="s">
-        <v>14</v>
+        <v>862</v>
       </c>
       <c r="G235" t="s">
-        <v>803</v>
-[...5 lines deleted...]
-        <v>541</v>
+        <v>863</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="s">
-        <v>637</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B236" t="s">
+        <v>480</v>
       </c>
       <c r="C236" t="s">
-        <v>466</v>
+        <v>864</v>
       </c>
       <c r="D236" t="s">
-        <v>642</v>
+        <v>658</v>
       </c>
       <c r="E236" t="s">
-        <v>614</v>
+        <v>865</v>
       </c>
       <c r="F236" t="s">
-        <v>14</v>
+        <v>866</v>
       </c>
       <c r="G236" t="s">
-        <v>805</v>
-[...5 lines deleted...]
-        <v>642</v>
+        <v>867</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="s">
-        <v>784</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>9</v>
+      </c>
+      <c r="B237" t="s">
+        <v>480</v>
       </c>
       <c r="C237" t="s">
-        <v>466</v>
+        <v>868</v>
       </c>
       <c r="D237" t="s">
-        <v>807</v>
+        <v>869</v>
       </c>
       <c r="E237" t="s">
-        <v>808</v>
+        <v>870</v>
       </c>
       <c r="F237" t="s">
         <v>14</v>
       </c>
-      <c r="G237" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="238">
       <c r="A238" t="s">
-        <v>784</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>9</v>
+      </c>
+      <c r="B238" t="s">
+        <v>480</v>
       </c>
       <c r="C238" t="s">
-        <v>466</v>
+        <v>871</v>
       </c>
       <c r="D238" t="s">
-        <v>810</v>
+        <v>872</v>
       </c>
       <c r="E238" t="s">
-        <v>811</v>
+        <v>873</v>
       </c>
       <c r="F238" t="s">
-        <v>14</v>
-[...8 lines deleted...]
-        <v>785</v>
+        <v>874</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="s">
-        <v>814</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B239" t="s">
+        <v>480</v>
       </c>
       <c r="C239" t="s">
-        <v>466</v>
+        <v>875</v>
       </c>
       <c r="D239" t="s">
-        <v>815</v>
+        <v>876</v>
       </c>
       <c r="E239" t="s">
-        <v>816</v>
+        <v>876</v>
       </c>
       <c r="F239" t="s">
         <v>14</v>
       </c>
-      <c r="G239" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="240">
       <c r="A240" t="s">
-        <v>817</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B240" t="s">
+        <v>480</v>
       </c>
       <c r="C240" t="s">
-        <v>466</v>
+        <v>877</v>
       </c>
       <c r="D240" t="s">
-        <v>818</v>
+        <v>878</v>
       </c>
       <c r="E240" t="s">
-        <v>819</v>
+        <v>879</v>
       </c>
       <c r="F240" t="s">
         <v>14</v>
       </c>
-      <c r="G240" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="241">
       <c r="A241" t="s">
-        <v>817</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>9</v>
+      </c>
+      <c r="B241" t="s">
+        <v>480</v>
       </c>
       <c r="C241" t="s">
-        <v>466</v>
+        <v>880</v>
       </c>
       <c r="D241" t="s">
-        <v>821</v>
+        <v>881</v>
       </c>
       <c r="E241" t="s">
-        <v>822</v>
+        <v>882</v>
       </c>
       <c r="F241" t="s">
         <v>14</v>
       </c>
-      <c r="G241" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="242">
       <c r="A242" t="s">
-        <v>465</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>9</v>
+      </c>
+      <c r="B242" t="s">
+        <v>480</v>
       </c>
       <c r="C242" t="s">
-        <v>466</v>
+        <v>883</v>
       </c>
       <c r="D242" t="s">
-        <v>824</v>
+        <v>494</v>
       </c>
       <c r="E242" t="s">
-        <v>477</v>
+        <v>884</v>
       </c>
       <c r="F242" t="s">
-        <v>14</v>
+        <v>257</v>
       </c>
       <c r="G242" t="s">
-        <v>825</v>
-[...2 lines deleted...]
-        <v>246</v>
+        <v>885</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" t="s">
-        <v>657</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B243" t="s">
+        <v>480</v>
       </c>
       <c r="C243" t="s">
-        <v>466</v>
+        <v>886</v>
       </c>
       <c r="D243" t="s">
-        <v>661</v>
+        <v>498</v>
       </c>
       <c r="E243" t="s">
-        <v>481</v>
+        <v>715</v>
       </c>
       <c r="F243" t="s">
-        <v>14</v>
+        <v>887</v>
       </c>
       <c r="G243" t="s">
-        <v>664</v>
-[...5 lines deleted...]
-        <v>661</v>
+        <v>888</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" t="s">
-        <v>827</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="B244" t="s">
+        <v>554</v>
       </c>
       <c r="C244" t="s">
-        <v>528</v>
+        <v>889</v>
       </c>
       <c r="D244" t="s">
-        <v>828</v>
+        <v>710</v>
       </c>
       <c r="E244" t="s">
-        <v>659</v>
+        <v>890</v>
       </c>
       <c r="F244" t="s">
-        <v>14</v>
+        <v>257</v>
       </c>
       <c r="G244" t="s">
-        <v>829</v>
-[...2 lines deleted...]
-        <v>246</v>
+        <v>891</v>
       </c>
     </row>
   </sheetData>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>